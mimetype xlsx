--- v0 (2025-12-17)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8149" uniqueCount="4041">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8325" uniqueCount="4126">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -3097,50 +3097,134 @@
     <t>Dispõe sobre a aprovação do loteamento, disciplina o parcelamento, o uso e a ocupação do solo no Setor 10 e dá outras providências.</t>
   </si>
   <si>
     <t>5194</t>
   </si>
   <si>
     <t>7319</t>
   </si>
   <si>
     <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5194/pl_7319_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a disciplina, o parcelamento, o uso e a ocupação do solo no Setor 9 e dá outras providências.</t>
   </si>
   <si>
     <t>5195</t>
   </si>
   <si>
     <t>7320</t>
   </si>
   <si>
     <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5195/pl_7320_2025.pdf</t>
   </si>
   <si>
     <t>Denomina Rua Geralda Ferreira Deiró a atual Rua CV 102-57, no Residencial Cidade Verde IV.</t>
+  </si>
+  <si>
+    <t>5205</t>
+  </si>
+  <si>
+    <t>7321</t>
+  </si>
+  <si>
+    <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5205/pl_7321_2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 6.625, de 9 de dezembro de 2025, que institui o Programa Especial de Regularização Fiscal - REFIS do Imposto Sobre Serviços de Qualquer Natureza - ISSQN para débitos decorrentes de inconsistências de faturamento identificadas pela malha do Cartão Cidade, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5206</t>
+  </si>
+  <si>
+    <t>7322</t>
+  </si>
+  <si>
+    <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5206/pl_7322_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Política Consensual de Litígios pela Procuradoria Geral do Município de Vilhena e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5207</t>
+  </si>
+  <si>
+    <t>7323</t>
+  </si>
+  <si>
+    <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5207/pl_7323_2025_-_urgencia.pdf</t>
+  </si>
+  <si>
+    <t>Altera os Anexos I e II da Lei nº 6.260, de 18 de março de 2024, que institui a Indenização por Atividade Específica.</t>
+  </si>
+  <si>
+    <t>5211</t>
+  </si>
+  <si>
+    <t>7324</t>
+  </si>
+  <si>
+    <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5211/pl_7324_2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 6.626, de 9 de dezembro de 2025, que dispõe sobre a concessão de abono pecuniário por assiduidade e dedicação aos servidores públicos do Poder Executivo de Vilhena e dá outras providências. Inclusão dos servidores readaptados para receberem o abono pecuniário.</t>
+  </si>
+  <si>
+    <t>5212</t>
+  </si>
+  <si>
+    <t>7325</t>
+  </si>
+  <si>
+    <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5212/pl_7325_2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 6.639, de 18 de dezembro de 2025, de 16 dezembro de 2025, que dispõe sobre a Estrutura Administração Básica do Poder Executivo do Município de Vilhena e dá outras providências. Cria a Coordenadoria de Sondagem e Perfuração na estrutura da Secretaria Municipal de Agricultura - Semagri.</t>
+  </si>
+  <si>
+    <t>5219</t>
+  </si>
+  <si>
+    <t>7326</t>
+  </si>
+  <si>
+    <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5219/pl_7326_2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Gratificação por Atividade Específica - GAE, na Procuradoria Geral do Município, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5220</t>
+  </si>
+  <si>
+    <t>7327</t>
+  </si>
+  <si>
+    <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5220/pl_7327_2025_-_urgencia.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre autorização para abertura de Crédito Adicional Especial no valor de R$ 500.000,00 (quinhentos mil reais), no vigente Orçamento-Programa da Secretaria Municipal de Saúde - Semus, para ampliação da oferta de exames de ressonância magnética pelos Municípios do Estado de Rondônia na rede credenciada estadual, conforme possibilidade prevista na Resolução nº 1072/2025/SESAU-CIB.</t>
   </si>
   <si>
     <t>4619</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
     <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4619/of_0082_24_dp_sgpj_p_dec_leg.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Poder Executivo - Exercício Financeiro 2022.</t>
   </si>
   <si>
     <t>4620</t>
   </si>
@@ -12368,50 +12452,247 @@
     <t>IND Nº 139/2025/GVC - O Vereador subscritor desta, na forma regimental, indica ao Prefeito Municipal o Serviço de Nivelamento, Patrolamento e Cascalhamento, Rua 8225 onde finaliza o asfalto no Bairro Barão do Melgaço II.</t>
   </si>
   <si>
     <t>5198</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5198/indicacao_140-_recapeamento_asfaltico_da_avenida_liberdade_no_bairro_centro_..pdf</t>
   </si>
   <si>
     <t>IND Nº 140/2025/GVC - O vereador subscritor desta, no uso de suas atribuições legais e regimentais, indica ao Excelentíssimo Senhor Prefeito Municipal, a necessidade de recapeamento asfáltico da Avenida Liberdade no Bairro Centro.</t>
   </si>
   <si>
     <t>5200</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5200/camscanner_17-12-2025_12.16.pdf</t>
   </si>
   <si>
     <t>Indicação 104/2025  O vereador subscritor desta, na forma regimental indica ao prefeito Flori cordeiro, a manutenção e reparo da  kapa 140 que dá acesso a aldeia Sowainte, no município de Vilhena-RO.</t>
+  </si>
+  <si>
+    <t>5201</t>
+  </si>
+  <si>
+    <t>752</t>
+  </si>
+  <si>
+    <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5201/indicacao__n_1052025.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 105/2025 O vereador subscritor desta, na forma regimental indica ao prefeito Flori cordeiro, a contratação de clínicos gerais para as unidades de saúde do município de Vilhena-RO.</t>
+  </si>
+  <si>
+    <t>5202</t>
+  </si>
+  <si>
+    <t>753</t>
+  </si>
+  <si>
+    <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5202/indicacao_089-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO 089/2025 - O Vereador subscritor desta, na forma regimental, vem respeitosamente indicar ao Poder Executivo Municipal, para que, por meio da Secretaria Municipal de Obras e Serviços Públicos – SEMOSP, seja realizado reparo imediato na Rua Professor Ulisses Rodrigues, em frente ao nº 5466.</t>
+  </si>
+  <si>
+    <t>5203</t>
+  </si>
+  <si>
+    <t>754</t>
+  </si>
+  <si>
+    <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5203/indicacao_090-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO 090/2025 - O Vereador subscritor desta, na forma regimental, vem respeitosamente indicar ao Poder Executivo que, por intermédio da secretaria competente, realize a instalação de placas de emergência nos pontos de acesso destinados às ambulâncias.</t>
+  </si>
+  <si>
+    <t>5204</t>
+  </si>
+  <si>
+    <t>755</t>
+  </si>
+  <si>
+    <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5204/indicacao_091-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO 091/2025 - O Vereador subscritor desta, na forma regimental, vem respeitosamente indicar ao Poder Executivo, que determine à secretaria competente a intensificação da fiscalização referente à limpeza de terrenos urbanos, garantindo o cumprimento da Lei Complementar nº 48, de 13 de dezembro de 2001, especialmente o disposto em seu Artigo 128, que estabelece a obrigatoriedade de manter os terrenos limpos.</t>
+  </si>
+  <si>
+    <t>5208</t>
+  </si>
+  <si>
+    <t>756</t>
+  </si>
+  <si>
+    <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5208/indicacao_071-_implantacao_de_pa-_posto_de_atendimento.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor desta, na forma regimental, indica ao Prefeito, por meio da secretaria competente que faça a implantação de um Posto de Atendimento (PA) no município.</t>
+  </si>
+  <si>
+    <t>5210</t>
+  </si>
+  <si>
+    <t>757</t>
+  </si>
+  <si>
+    <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5210/indicacao-_73_-_br_364_faixa_elevada.pdf</t>
+  </si>
+  <si>
+    <t>O vereador subscritor desta, na forma regimental, indica ao Prefeito, por meio da Secretaria competente que instale faixas de pedestre elevadas nas rotatórias da br364 em frente a mega som e em frente ao cavalo branco.</t>
+  </si>
+  <si>
+    <t>5213</t>
+  </si>
+  <si>
+    <t>758</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica_x000D_
+ao Excelentíssimo Senhor Prefeito Municipal a necessidade de implantação de_x000D_
+sinalização viária na Rua Cléber Mafra, no Bairro Embratel._x000D_
+A solicitação se justifica pela necessidade de reduzir riscos de acidentes e organizar o_x000D_
+fluxo na Rua Cléber Mafra, onde a falta de sinalização adequada tem causado_x000D_
+dificuldades constantes. tornando indispensável a implantação de orientações visuais_x000D_
+claras. A sinalização contribuirá para maior segurança, fluidez e tranquilidade na via._x000D_
+Trata-se de medida simples, porém essencial para atender às demandas da_x000D_
+comunidade.Diante disso, solicita-se._x000D_
+Placas de Pare, preferencial, limite de velocidade, e Pintura de faixas de pedestres.</t>
+  </si>
+  <si>
+    <t>5214</t>
+  </si>
+  <si>
+    <t>759</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 057/2025_x000D_
+O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica_x000D_
+ao Excelentíssimo Senhor Prefeito Municipal que seja realizada, a limpeza completa da_x000D_
+Praça do Bairro Flor de Liz, incluindo varrição, poda de grama e manutenção geral do_x000D_
+espaço._x000D_
+A presente indicação se faz necessária diante do estado atual da Praça do Bairro Flor de_x000D_
+Liz, onde é possível observar mato alto e falta de cuidados básicos. Essa situação tem_x000D_
+causado desconforto aos moradores, que utilizam o local para lazer, prática de atividades_x000D_
+físicas e convivência social. A permanência do espaço nessas condições pode contribuir_x000D_
+para o surgimento de insetos e animais peçonhentos, além de transmitir uma imagem_x000D_
+negativa do bairro.</t>
+  </si>
+  <si>
+    <t>5215</t>
+  </si>
+  <si>
+    <t>760</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 058/2025_x000D_
+O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica_x000D_
+ao Excelentíssimo Senhor Prefeito Municipal que seja realizada, patrolamento e_x000D_
+cascalhamento na Rua 102 04, localizada no Bairro Moysés de Freitas._x000D_
+A presente indicação atende à demanda dos moradores da Rua 102 04, que enfrentam_x000D_
+dificuldades devido às más condições da via, marcada por buracos, desníveis. Em_x000D_
+períodos de chuva, a situação se agrava com lama e escorregamentos, prejudicando o_x000D_
+tráfego de veículos, pedestres e serviços essenciais.</t>
+  </si>
+  <si>
+    <t>5216</t>
+  </si>
+  <si>
+    <t>761</t>
+  </si>
+  <si>
+    <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5216/indicacao_06.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 106/2025 O vereador subscritor desta, na forma regimental, indica ao senhor prefeito, Flori cordeiro, a instalação de Parque Infantil no  bairro Ipê na cidade de Vilhena/RO.</t>
+  </si>
+  <si>
+    <t>5217</t>
+  </si>
+  <si>
+    <t>762</t>
+  </si>
+  <si>
+    <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5217/indicacao_107.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 107/2025 O vereador subscritor desta, na forma regimental, indica ao senhor prefeito, Flori cordeiro, a instalação de Parque Infantil na comunidade vista alegre no município de Vilhena-RO.</t>
+  </si>
+  <si>
+    <t>5218</t>
+  </si>
+  <si>
+    <t>763</t>
+  </si>
+  <si>
+    <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5218/indicacao_108.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 108/2025 O vereador subscritor desta, na forma regimental, indica ao senhor prefeito, Flori cordeiro, que seja tampado vários buracos  na  Avenida Melvin Jones, bairro  moisés de Freitas próximo a Escola Paulo Paes e na esquina da Igreja Batista, no município de Vilhena.</t>
+  </si>
+  <si>
+    <t>5221</t>
+  </si>
+  <si>
+    <t>764</t>
+  </si>
+  <si>
+    <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5221/indicacao_092-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO 092/2025 - O Vereador subscritor desta, na forma regimental, vem respeitosamente indicar ao Poder Executivo Municipal, para que, por meio da Secretaria Municipal de Obras e Serviços Públicos – SEMOSP, seja realizada uma operação de manutenção e recuperação da Avenida (1705) Vitória Régia, em toda a sua extensão, compreendida entre a Avenida Benno Luiz Graebin e o final do Bairro Cidade Verde II.</t>
+  </si>
+  <si>
+    <t>5222</t>
+  </si>
+  <si>
+    <t>765</t>
+  </si>
+  <si>
+    <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5222/indicacao_093-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO 093/2025 - O Vereador subscritor desta, na forma regimental, vem respeitosamente indicar ao Poder Executivo que, por intermédio da SEMES – Secretaria Municipal de Esportes, seja realizada a instalação de uma academia ao ar livre na Associação dos Produtores Rurais do Planalto Parecis, localizada na BR-435, km 24, sentido Colorado, Zona Rural deste Município de Vilhena.</t>
+  </si>
+  <si>
+    <t>5223</t>
+  </si>
+  <si>
+    <t>766</t>
+  </si>
+  <si>
+    <t>https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5223/indicacao_094-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO 094/2025 - O Vereador subscritor desta, na forma regimental, vem respeitosamente indicar ao Poder Executivo, por meio da Secretaria Municipal de Obras e Serviços Públicos – SEMOSP, que seja realizada operação de nivelamento e fechamento de uma valeta existente na linha 01 Kapa 144.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -12715,56 +12996,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4146/pelom_082_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4141/plc_432_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4194/plc_433_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4227/plc_434_-_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4272/plc_435-25.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4282/plc_436_25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4288/plc_437_25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4362/plc_438_25.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4658/plc_439_25.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4722/plc_440_25.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4803/plc_441_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4878/plc_442_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4947/plc_443_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5169/plc_444_2025_-_codigo_tributario_urgencia.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5170/plc_445__2025_-_issqn_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5186/plc_446_2025_-lc_007_96.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5199/plc_447_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4134/pl_7085_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4139/pl_7086_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4140/pl_7087_25.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4147/pl_7088_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4148/pl_7089_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4153/pl_7090_25.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4157/pl_7091_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4158/pl_7092_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4159/pl_7093_25.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4161/pl_7094_25.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4175/pl_7095_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4176/pl_7096_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4177/pl_7097_25.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4178/pl_7098_25.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4180/pl_7099_25.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4181/pl_7100_25.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2026/4182/pl_7101_25.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4183/pl_7102_25.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4193/pl_7103_25.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4197/pl_7104_25.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4199/pl_7105_25.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4200/pl_7106_25.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4201/pl_7107_25.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4205/pl_7108_25.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4210/pl_7109_25.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4213/pl_7110_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4220/pl_7111_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4228/pl_7112_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4231/pl_7113_25.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4232/pl_7114_25.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4246/pl_7115_25.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4269/pl7116-25.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4248/pl_7117_25.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4247/pl_7118_25.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4270/pl7119-25.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4271/pl7120-25.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4279/pl_7121_25.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4280/pl_7122_25.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4281/pl_7123_25.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4283/pl7124-25.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4284/pl_7125_25.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4305/pl_7126_25.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4306/pl_7127_25.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4308/pl_7128_25.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4309/pl_7129_25.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4310/pl_7130_25.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4319/pl_7131_25.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4331/pl_7132_25.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4332/pl_7133_25.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4333/pl_7134_25.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4334/pl_7135_25.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4335/pl_7136_25.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4336/pl_7137_24.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4337/pl_7138_25.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4338/pl_7139_25.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4339/pl_7140_25.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4340/pl_7141_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4354/pl_7142_25.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4355/pl_7143_25.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4356/pl_7144_25.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4358/pl_7145_25.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4369/pl_7146_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4382/pl_7147_25.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4383/pl_7148_25.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4384/pl_7149_25.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4391/pl_7150_25.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4397/pl_7151_25.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4396/pl_7152_25.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4401/pl_7153_25.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4403/pl_7154_25.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4404/pl_7155_25.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4416/pl_7156_25.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4423/pl_7157_25.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4424/pl_7158_25.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4426/pl_7159_25.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4445/pl_7160_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4446/pl_7161_25.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4447/pl_7162_25.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4448/pl_7163_25.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4473/pl_7164_25_-_vereador.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4474/pl_7165_25.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4475/pl_7166_25.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4482/pl_7167_25.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4477/pl_7168_25.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4478/pl_7169_25.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4479/pl_7170_25.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4480/pl_7171_25.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4481/pl_7172_25.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4485/pl_7173_25.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4490/pl_7174_25.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4491/pl_7175_25.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4495/pl_7176_25.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4496/pl_7177_25.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4499/pl_7178_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4500/pl_7179_25.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4518/pl_7180_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4536/pl_7181_25.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4555/pl_7182_25.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4565/pl_7183_25.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4568/pl_7184_25.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4576/pl_7185_25.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4589/pl_7186_25.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4593/pl_7187_25.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4596/pl_7188_25.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4597/pl_7189_25.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4603/pl_7190_25.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4612/pl_7191_25.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4621/pl_7192_25.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4626/pl_7193_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4631/pl_7194_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4632/pl_7195_25.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4647/pl_7196_25.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4648/pl_7197_25.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4649/pl_7198_25.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4650/pl_7199_25.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4651/pl_7200_25.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4652/pl_7201_25.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4653/pl_7202_25.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4654/pl_7203_25.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4655/pl_7204_25.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4656/pl_7205_25.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4657/pl_7206_25.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4668/pl_7207_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4687/pl_7208_25.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4688/pl_7209_25.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4691/pl_7210_25.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4702/pl_7211_25.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4714/7212_25.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4723/7213_25.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4733/pl_7214_25.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4753/pl_7215_2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4760/pl_7216_25.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4761/pl_7217_25.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4766/pl_7218_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4767/pl_7219_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4784/pl_7.220_2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4785/pl_7221_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4800/pl_7222_2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4801/pl_7223_2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4802/pl_7224_2025_ppa.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4805/pl_7225_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4812/pl_7226_2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4817/pl_7227_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4824/pl_7228_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4827/pl_7229_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4838/pl_7230_2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4839/pl_7231_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4845/pl_7232_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4857/pl_7233_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4860/pl_7234_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4872/pl_7235_2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4873/pl_7236_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4890/pl_7237_2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4892/pl_7238_2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4891/pl_7239_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4896/pl_7240_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4897/pl_7241_2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4898/pl_7242_2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4899/pl_7243_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4904/pl_7244_2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4913/pl_7245_2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4912/pl_7246_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4915/pl_7247_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4916/pl_7248_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4917/pl_7249_2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4919/pl_7250_2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4922/pl_7251_2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4925/pl_7252_2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4944/pl_7253_2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4945/pl_7254_2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4948/pl_7255_2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4954/pl_7256_2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4955/pl_7257_2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4960/pl_7258_2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4973/pl_7259_2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4969/pl_7260_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4970/pl_7261_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4971/pl_7262_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4972/pl_7263_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4992/pl_7264_2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5016/pl_7265_2025_loa.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5012/pl_7266_2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5011/pl_7267_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5024/pl_7268_2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5025/pl_7269_2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5026/pl_7270_2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5031/pl_7271_2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5029/pl_7272_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5045/pl_7273_2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5036/pl_7274_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5046/pl_7275_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5047/pl_7276_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5048/pl_7277_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5052/pl_7278_2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5053/pl_7279_2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5054/pl_7280_2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5059/pl_7281_2025_-_pccr_-_camara.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5062/pl_7282_2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5063/pl_7283_2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5065/pl_7284_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5076/pl_7285_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5079/pl_7286_2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5080/pl_7287_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5087/pl_7288_2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5101/pl_7289_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5102/pl_7290_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5117/pl_7291_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5120/pl_7292_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5127/pl_7293_2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5128/pl_7294_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5129/pl_7295_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5130/pl_7296_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5131/pl_7297_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5132/pl_7298_2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5142/pl_7299_25_-_refis_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5143/pl_7300_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5147/pl_7301_2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5158/pl_7302_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5159/pl_7303_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5160/pl_7304_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5162/pl_7306_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5163/pl_7308_2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5164/pl_7309_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5165/pl_7310_2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5166/pl_7311_2025_compilado_compressed.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5167/pl_7312_2025_-_camara_urg.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5168/pl_7313_2025_-_camara_-_urg.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5185/pl_7314_2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5187/pl_7315_2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5188/pl_7316_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5189/pl_7317_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5193/pl_7318_2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5194/pl_7319_2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5195/pl_7320_2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4619/of_0082_24_dp_sgpj_p_dec_leg.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4620/proj_dec_leg_46_2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4786/pdl_47_2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4846/pdl_no_48_2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4858/pdl_49_2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5081/p_dec_leg_50_2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5171/pdl_51_2025_-_frei_carlos.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4359/p_res_58_25.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4503/proj_res_59_2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4508/proj_res_60_2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5060/p_res_61_2025_-_carteira.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5192/p_res_62_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4462/req_001_25_-_samir.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4464/req_002_25_-_dr_celso.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4465/req_003_-_25_-_ver_wilson_tabalipa.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4529/req_004_-_25_-_cfo.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4530/req_005_-_25_cfo_sol_urgenicia.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4611/req_06_25_-_sol_urgenicia.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4595/req_007_-_cectesas_sol_urgencia_pl_7186_25.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4610/requerimento_08.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5184/req_9_2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4212/mo_001_25.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4318/mo_02_25.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4400/mo_03_25.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4509/mo_04_25.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4602/mo_05_25.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4667/mo_06_2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4732/mo_07_2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4768/mo_08_2025_dr._celso.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4825/mo_09_2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4943/mo_10_2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4953/mo_11_2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4993/mo_12_2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4995/mo_13_2025_-_anderson.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5013/mo_14_2025_-_eliton_costa.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5049/mo_15_2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5064/mo_16_2025_-_pedrinho.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4131/01-2025_-_patrolamento_r._olivio_noetzold.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4132/02-2025_-_operacao_tapa_buracos_r.duzalina_milani.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4133/03-2025_-_operacao_tapa_buracos_r._saldanha_marinho.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4135/indicacao_no_001-2025-gvaa_-_004_-_limpeza_cidade_verde_rua_102-29.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4136/indicacao_nc2ba_002-2025-gvaa_-_005_-_melhorias_estradas_asprolcem_nova_conquista_assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4137/indicacao_nc2ba_003-2025-gvaa_-_006_-_pista_de_ciclismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4138/indicacao_de_01_2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4142/indicacao_-_04_-_2025_-_quebra_molas_na_av._marechal_rondon.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4143/indicacao_-_05-2025_-_operacao_tapa_buracos_av._liberdade.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4144/indicacao_-_06-2025_-_tapa_buraco_-_aabb.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4145/indicacao_03_2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4149/indicacao_02_1.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4150/indicacao04..pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4151/indicacao_-_07_-_2025_-_quebra_molas_na_av._curitiba.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4154/08-2025_-_patrolamento_r._2315_-_setor_23.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4155/camscanner_28-01-2025_09.09.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4156/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4160/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4162/ind_no_001-2025-gvc_-_reparacao_de_buracos_na_rua_delmiro_gouveia_-_setor_12.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4163/ind_no_002-2025_-_gvc_-_aquisicao_de_cadeira_odontologica_para_ubs_afonso_mansur_de_franca.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4164/ind_no_003-2025_gvc_-_reparacao_de_buracos_na_avenida_liberdade_-_centro.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4165/ind_no_004_-2025_-gvc_-_instalacao_de_dois_quebra-molas_na_extensao_da_rua_116-09_localizada_no_bairro_uniao..pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4166/ind_no_005-2025_-_gvc_-_reparacao_de_buracos_na_avenida_liberdade_entre_as_ruas_princesa_isabel_e_castelo_branco..pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4167/ind_no_006-2025_-gvc_-_solicitacao_de_pintura_e_sinalizacao_de_faixas_de_pedestres_estilizadas_nas_proximidades_de_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4168/ind_no_007-2025_-_gvc_-_indicacao_de_lombada_na_rua_adel_sadek_no_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4169/ind_no_008-2025_-_gvc_-_indicacao_de_limpeza_e_remocao_de_lixo_na_linha_135.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4170/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4171/indicacao_-_09_-2025_-_operacao_tapa_buracos_av._curitiba.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4172/inicacao_1.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4173/indicacao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4174/indicacao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4179/indicacao_004.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4184/camscanner_03-02-2025_12.30.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4186/indicacao_-_11_-_2025_-_ciclivia_av._parana.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4187/indicacao_n_001.2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4188/indicacao_n002.2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4189/indicacao_n003.2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4185/scan_indic_2025_2_3_16_52_4_28870.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4190/indicacao_eliton_costa_.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4191/indicacao_n_07_2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4192/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4195/ind_no_011-2025_-_gvc-_reparacao_de_buracos_na_avenida_tancredo_neves_a_partir_do_numero_7027_ate_a_ubs_dr_luis_alberto_valdez.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4196/ind_no_012-2025_-_gvc_-_reparacao_de_buracos_na_rua_das_violetas_esquina_com_avenida_benno_luiz_graebin_no_jd_das_oliveiras.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4198/ind_no_013-2025_-_gvc_-_operacao_tapa_buracos_na_avenida_1802_em_frente_ao_parque_de_exposicoes_de_vilhena.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4202/indicacao_nc2b0_04-2025_-_curso_panificacao_compressed_assinado.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4203/indicacao_nc2b0_05-2025_-_energia_solar_escolas_compressed_assinado.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4204/indicacao_no_006_2025_banheiros_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4207/indicacao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4208/indicacao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4209/indicacao_no004.2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4211/indicacao_no005.2025.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4217/indicacao_014-_iluminacao_da_av._afonso_juca_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4218/indicacao_005.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4219/indicacao_006.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4221/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4222/indicacao_n002.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4223/indicacao_n001.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4224/ind_no_014-2025_-gvc_-_limpeza_do_lote_da_escola_municipal_angelo_mariano_donadon.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4225/ind_no_015_-2025_-gvc_-_limpeza_interna_e_externa_do_patio_da_escola_municipal_marcos_donadon.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4226/ind_no_016-2025_-_gvc_-_operacao_tapa_buraco_na_linha_carevel.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4229/indicacao_003.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4230/indicacao_no_006.2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4233/indicacao_007_17-02_assinado.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4234/indicacao_008_assinado.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4235/indicacao___18-02-2025_08.37.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4237/indicacao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4238/indicacao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4239/indicacao_009_assinado.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4240/indicacao_no_007.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4243/indicacao_004-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4244/indicacao_005-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4245/indicacao_08.docx" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4249/indicacao_09_1.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4250/indicacao_017_-_buracos_na_rua_5307_novo.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4251/indicacao_018_-_buracos_e_limpeza_da_rua_manaus__novo.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4252/indicacao_019_-_buracos_na_av_1511__novo.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4253/indicacao_10_1.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4254/indicacao_-_15_-2025_-_reforma_da_praca_genival_nunes.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4255/indicacao_-_16_-2025_-_triturador_de_galhos_e_residuos_organicos.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4256/17_-_2025_-_passarela_parque_ecologico.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4257/indicacao_no009.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4258/camscanner_20-02-2025_13.04.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4259/camscanner_21-02-2025_08.54.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4260/indicacao_09_1.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4261/indicacao_04.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4262/indicacao_04_-_patrola_av_rio_grande_do_sul.docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4263/indicacao_05_-_operacao_tapa-buraco.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4264/doc-20250217-wa0481..pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4265/indicacao_13_assinado.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4266/indicacao_020_-_comissao_mista_a_ser_formada_por_servidores_da_prefeitura_e_da_camara_de_vereadore_de_vilhena__novo.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4267/indicacao_021-_limpeza_do_terreno_da_prefeitura_no_barao_do_melgaco_i_novo.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4273/indicacao_parquinho_barao_lll_011.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4274/indicacao_012_merged_spl.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4275/indicacao_05_-_operacao_tapa-buraco.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4277/indicacao_14_assinado.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4278/indicaac2a7ac2a3o_nac2b0_10-2025_-_iluminaac2a7ac2a3o_acesso_ao_aeroporto_assinado.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4285/indicacao_no010.2025_..pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4286/indicacao_no_011.2025..pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4287/indicacaon012.2025..pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4289/indicacao_n15.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4290/indicacao_023_-_servico_de_nivelamento_patrolamento_e_cascalhamento_na_rua_rio_grande_do_sul_no_bairro_novo_tempo__novo.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4291/indicacao_024_-_servico_de_nivelamento_patrolamento_e_cascalhamento_nas_ruas_8307_e_8401_no_residencial_hipica_e_ique___novo.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4292/indicacao_025_-_buracos_na_av_edvaldo_luciano_da_silva_no_jardim_america__novo.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4293/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4294/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4295/camscanner_07-03-2025_11.58.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4296/pdf_indicacao_14_linha_90.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4298/indicacao_019.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4299/indicacao_020.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4300/indicacao_no_13.2025.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4301/indicacao_014.2025..pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4302/indicacao_no15.2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4304/indicacao_-_21-2025_-_operacao_tapa_buracos_av._aldo_reidman.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4307/camscanner_10-03-2025_09.28_1.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4311/indicacao_026_-_limpeza_do_terreno_da_parte_externa_da_escola_bianca_e_leonardo__novo.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4312/indicacao_027_-_podas_de_arvores_da_e._m._e._i._chitosse_mochisuki_inaba__novo.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4313/indicacaon016.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4315/indicacao_6.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4316/indicacao_7.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4317/indicacao_no017.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4324/camscanner_10-03-2025_09.28_1.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4325/camscanner_17-03-2025_10.24.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4326/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4327/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4328/camscanner_17-03-2025_11.41.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4329/camscanner_17-03-2025_11.43.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4330/camscanner_17-03-2025_11.45.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4341/indicacao_06_-_bloqueio_pista_major.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4342/indicacao_07_-_patrolamento_e_cascalhamento.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4343/indicacao_08_-_limpeza_area_verde_bairro_embratel.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4344/indicacaopdf.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4345/indicacao_-_23_-_2025_-_operacao_tapa_buracos_rua_toledo.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4346/indicacao_029_-_podas_de_avores_da_e._m._e._f._martim_lutero__novo.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4347/indicacao_030_-_servico_de_nivelamento_patrolamento_e_cascalhamento_bairro_regiao_do_19_e_17__novo.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4348/indicacao_031_-_servico_de_manutencao_de_ar-condicionado_do_hospital_regional_e_upa__novo.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4349/indicacao_-25_-2025_-_patrolamento_av._florianopolis_-_embratel_assinado.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4350/indicacao_008-2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4351/indicacao_009-2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4352/indicacao_010-2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4353/indicacao_n_21_2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4357/camscanner_21-03-2025_12.22.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4360/indicacao_005.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4361/indicacao_006.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4363/camscanner_25-03-2025_12.58.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4364/camscanner_25-03-2025_13.00.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4366/camscanner_26-03-2025_09.53.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4367/indicacao_09_-_ponte_setor_37.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4368/indicacao_002_-_cirurgias_ginecologicas.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4370/indicacao_032_-_servico_de_nivelamento_patrolamento_e_cascalhamento_rua_5204_no_centro__novo.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4371/indicacao_033_-_buracos_na_av._leopoldo_peres_no_centro__novo.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4372/indicacao_034_-_buracos_na_av._aldo_heidman_no_barao_do_melgaco_iii__novo.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4373/camscanner_27-03-2025_09.55.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4374/indicacao_011-2025.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4375/indicacao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4376/indicacao_013-2025.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4377/indicacao_018.2025.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4378/indicacao_n_019.2025_._pdf.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4379/indicacao_n_020.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4380/indicacao_027-_eliton_1.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4381/camscanner_28-03-2025_12.36.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4385/camscanner_31-03-2025_11.32.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4387/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4388/indicacao_035_-_buracos__e_servicos_de_recapeamento_na_av._celso_mazutti_no_bairro_jardim_eldorado__novo.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4389/indicacao_036_-_servico_de_nivelamento_patrolamento_e_cascalhamento_rua_oito_mil_quinhentos_e_dois_bairro_assosete__novo.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4390/indicacao_037_-_retirada_de_restos_de_galhos_e_folhas_de_podas_de_arvores_na_emei_professora_nina_paul__novo.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4394/indicacao_010.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4395/indicacao_011.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4398/indicacao_no021.2025.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4399/indicacao_no_022.2025.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4402/indicacaes_018.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4405/indicacao_038_-_servico_de_nivelamento_patrolamento_e_cascalhamento_rua_tancredo_neves_proximo_antiga_adega__novo.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4406/indicacao_039_-_servico_de_nivelamento_patrolamento_e_cascalhamento_rua_jose_honorio_ramos_bairro_cidade_jardim_ii__novo.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4407/indicacao_040_-_buracos__e_servicos_de_recapeamento_nas_ruas_53f_e_53g_jardim_acacia__novo.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4409/indicacao_sapl.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4410/indicacao_sapl__20.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4411/indicacao_14-2025.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4412/indicacao_15-2025.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4413/camscanner_07-04-2025_13.05_1.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4414/camscanner_11-04-2025_11.13.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4415/documento_74.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4417/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4418/indicacao_-_29_-2025_-_revitalizacao_praca_angelo_spadari_1.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4419/indicacao_-_30_-_2025_-_operacao_tapa_buracos_av._antonio_quintino_gomes.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4420/indicacao_n_023.2025.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4421/indicacao_no024.2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4422/indicacao_n025.2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4425/camscanner_15-04-2025_10.36.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4427/camscanner_15-04-2025_10.04.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4428/indicacao_041_-_limpeza_praca_no_bairro_pracas_de_vilhena_novo.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4429/indicacao_042_-_buracos__e_servicos_de_recapeamento_na_avenida_sete_de_setembro_ate_a_esquina_com_a_rua_marcos_da_luz__novo.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4430/indicacao_043_-_buracos__e_servicos_de_recapeamento_na_rua_claudio_coutinho_ate_a_esquina_com_a_pedro_alvares_cabral__novo.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4431/indicacao_004_-_amplicacao_de_equipe_de_tecnicos_na_upa.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4433/indicacao_005.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4434/indicacao_nc2b0011_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4435/indicacao_nc2b0012_assinado.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4436/indicacao_nc2b0013_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4438/camscanner_17-04-2025_13.22.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4439/indicacao_n_026.2025..pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4440/indicacao_n_27.2025.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4441/camscanner_22-04-2025_11.42.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4442/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4443/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4444/indicacao_006_-_troca_de_pisos_emef_felipe_rocha_de_lima.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4449/indicacao_044_-_substituicao_das_lampadas_de_led_queimadas_na_avenida_sabino_bezerra_de_queiroz_novo_1.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4450/indicacao_045-_limpeza_e_manutencao_do_patio_da_escola_tenente_melo_localizada_no_distrito_de_sao_lourenco_novo.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4451/indicacao_046_-_buraco_na_rua_josias_antonio_da_silva_esquina_com_avenida_aracaju_no_bairro_jardim_das_oliveiras_novo.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4452/camscanner_25-04-2025_07.45.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4453/indicacao_007_-_patrolamento_e_cascalhamento_estrada_perobal.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4454/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4455/indicacao_008_-_poda_das_arvores_em_volta_escola_emef_profa_vilma_vieira..pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4456/indicacao_no_028.2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4457/indicacao_no_029.2025.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4458/camscanner_28-04-2025_07.44_1.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4459/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4460/ind_12_2025.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4461/camscanner_28-04-2025_12.50.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4463/camscanner_28-04-2025_12.52.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4466/indicacaes_021_micro_onibus.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4467/indicacao_009_-_solicitacao_de_duas_rampas_de_acesso_na_praca_do_bairro_5bec..pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4468/indicacao10.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4469/indicacao_047_-_buraco_na_avenida_campos_elisios_no_bairro_cidade_verde_i_novo.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4470/indicacao_048_-_servico_de_nivelamento_patrolamento_e_cascalhamento_na_rua_fernandes_felipe_no_bairro_alto_alegre.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4471/indicacao_049_-_buraco_na_rua_alvaro_jose_goncalves_no_bairro_bela_vista_novo_1.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4472/documento_3.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4476/indicacao_n_030.2025..pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4483/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4484/camscanner_06-05-2025_09.54.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4487/indicacao_-_022.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4488/indicacao_-_36.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4489/indicacao_37-_.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4493/indicacao_009.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4497/camscanner_09-05-2025_10.14.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4498/camscanner_09-05-2025_11.40.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4502/indicacao_011_-_solicitacao..pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4504/indicacao.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4505/indicacao_012_-_indicacao..pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4506/indicacao_no_031.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4507/indicacao_no_032.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4510/indicacao_013..pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4511/indicacao_050_-_institui_o_programa_merenda_nas_ferias_e_da_outras_providencias_novo_1.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4512/indicacao_051_-_instalacao_de_uma_lombada_na_rua_jandaia_no_bairro_parque_cidade_jardim_i_novo_1.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4513/indicacao_052_-_solicito_aquisicao_de_cadeiras_de_trabalho_na_ubs_leonardo_novo_1.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4514/indicacao_13_2.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4515/indicacao_11_2.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4516/indicacao_016-2025.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4517/indicacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4519/indicacao_n033.2025.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4520/indicacao_0012.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4521/camscanner_15-05-2025_09.41.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4522/indicacao_24_pdf.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4523/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4524/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4525/camscanner_16-05-2025_11.21.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4526/camscanner_16-05-2025_12.05_1.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4527/indicacao_1_-_retirada_entulho.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4528/indicacao_2_-_pavimentacao_1501.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4532/camscanner_19-05-2025_10.07.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4533/ind.38.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4534/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4535/040_-2025_-_revitalizacao_da_pista_do_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4537/indicacao_015_-_ecoponto.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4538/indicacao_no34.2025..pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4539/indicacao_no35.2025..pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4540/indicacao_no36.2025..pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4541/indicacao_no_003-_limpeza_setor_19.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4542/indicacao_053_-_lombada_na_avenida_rio_grande_do_norte_no_bairro_cidade_verde_iii_novo.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4543/indicacao_054_-_solicitacao_de_pinturas_de_faixa_de_pedestres_na_avenida_major_amarante_em_frente_a_vaccari_veiculos_novo.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4544/indicacao_055_-_buraco_na_rua_mato_grosso_em_frente_a_padaria_pao_brasil_ate_a_esquina_coim_a_rua_7605_novo.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4545/indicacao_014_-_indicacao..pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4546/indicacao__26-05-2025_12.34.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4547/camscanner_28-05-2025_07.37.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4549/indicacao_015_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4550/indicacao_057_-_lombada_e_pinturas_da_faixa_de_pedestre_na_capitao_castro_em_frente_a_escola_chitose_mochisuki_inaba_novo.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4551/indicacao_058_-_lombada__redutora_de_velocidade__capa_152_saida_do_bairro_maria_moura_novo.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4552/indicacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4553/indicacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4554/indicacao_020-2025.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4556/indicacao_14..pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4557/indicacao_016_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4558/indicacao_059_-_substituicao_das_lampadas_convencionais_por_lampadas_de_led_na_rua_103-11_no_barao_do_melgaco_iii__novo.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4559/camscanner_30-05-2025_10.46.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4560/camscanner_30-05-2025_11.54.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4561/indicacao_no_37.2025_assinada.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4562/indicacao_no038.2025_ass..pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4564/indicacao_n39.2025.ass.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4566/indicacao_017_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4567/indicacao_018_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4569/indicacao_017.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4570/indicacao_018.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4571/indicacao_no_004-_pavimentacao_asfaltica_rua_presidio_cone_sul.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4572/indicacao_no_005-_pavimentacao_asfaltica_jamari.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4574/indicacao_15..pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4575/indicacao_16..pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4578/camscanner_06-06-2025_11.23_1.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4580/indicacao_021-2025.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4581/indicacao_022-2015.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4582/indicacao_060_-_servico_de_nivelamento_patrolamento_e_cascalhamento_na_rua_h5_bairro_coabinha.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4583/indicacao_061_-_buraco_na_avenida_liliana_gonzaga_no_bairro_bela_vista_novo.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4584/indicacao_062_-_buraco_na_rua_joao_bernal_ate_a_esquina_com_avenida_brasil_bairro_jardim_eldorado_novo.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4585/indicacao_040.2025.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4586/indicacao_41.2025.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4588/indicacao_nc2ba_042.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4590/indicacao_482025.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4591/camscanner_09-06-2025_09.48.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4592/camscanner_09-06-2025_09.50.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4594/indicacao_03_-patrolamento_e_cascalhamento_da_rua_leo_rolim.docx.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4598/indicacao_linha_145.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4599/indicacao_014_assinado.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4600/indicacao_015_assinado.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4601/indicacao_016_assinado.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4604/indicacao_063_-_operacao_tapa-buraco_na_rua_saldanha_marinho_entre_a_av._major_amarante_ate_av._marechal_rondon_novo.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4605/indicacao_064-_servico_de_nivelamento_patrolamento_e_cascalhamento_na_rua_2703_no_bairro_cohab_novo.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4606/indicacao_065_-_realizacao_de_servico_de_limpeza_e_poda_de_arvores_na_praca_geraldao_novo.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4608/indicacao_-_041.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4609/indicacao_-_042-2025.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4613/indicacao_019_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4614/camscanner_17-06-2025_11.19.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4615/indicacao_021.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4616/indicacao_no_43.2025.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4617/indicacao_no_44.2025.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4618/indicacao_no_45.2025.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4622/017__indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4623/indicacao_068_-_tapa_buraco_na_rua_ricardo_franco.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4624/indicacao_069_-_tapa_buraco_na_esquina_da_rua_costa_e_silva.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4625/indicacao_070_-_implantacao_de_redutores_de_velocidade_quebra-molas_na_rua_jandaia_1.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4627/indicacao_017_-_redutor_de_velocidade_genival_nunes.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4628/camscanner_01-07-2025_11.10.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4629/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4630/indicacao_cascalheira_2.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4633/018__indicacao.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4634/camscanner_03-07-2025_08.44.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4635/indicacao_020_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4636/indicacao_026.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4637/indicacao_no_006-_patrolamento_ruas_vila_marcol.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4638/indicacao_no_007-_patrolamento_estrada_parque_aquatico_linha_2.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4639/indicacao_no_008-_aprunesp.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4641/indicacao_072_-_operacao_tapa_buraco_na_rua_leopoldo_peres_esquina_com_a_rua_costa_e_silva..pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4643/indicacao_021_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4644/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4645/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4646/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4659/oficio_n046.2025..pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4660/indicacao_047.2025..pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4661/indicacao_no048.2025..pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4662/camscanner_09-07-2025_10.26.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4663/indicacao_017_assinado.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4664/indicacao_018_assinado.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4665/indicacao_019_assinado.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4666/020_indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4669/019__indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4671/indicacao_074_-revitalizacao_da_pista_de_caminhada_na_avenida_tancredo_neves_entre_a_avenida_parana_e_a_avenida_jo_sato.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4672/indicacao_075_-operacao_tapa_buraco_rua_921_bairro_florenca.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4673/indicacao_076_-operacao_tapa_buraco_rua_831_bairro_alto_alegre.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4674/021__indicacao.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4675/camscanner_11-07-2025_07.53.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4676/indicacao_026-2025.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4677/indicacao_027-2025.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4679/indicacao_-_43_-_2025_-_limpeza_e_a_intensificacao_da_fiscalizacao_linha_135_1.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4680/indicacao_-_44_lampada_led_no_barao_do_melgaco.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4681/indicacao_045-2025.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4682/indicacao_-_46_-_2025_-_iluminacao_olivio_noet.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4683/indicacao_no_47.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4684/indicacao_020_-_samir_ali.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4685/indicacao_021_-_samir_ali.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4686/indicacao_019_-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4689/poder_legislativo_4.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4690/indicacao_022_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4692/camscanner_15-07-2025_12.48.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4693/022_indicacao.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4694/023indicacao.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4695/024indicacao.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4696/camscanner_17-07-2025_08.51.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4697/indicacao_077_-operacao_tapa_buraco_no_final_da_rua_azaleia_na_esquina_com_a_rua_aracaju.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4698/indicacao_078_-realizada_a_revitalizacao_dos_aparelhos_de_musculacao_bem_como_a_limpeza_da_praca_jardim_acacia_localizada_na_rua_53-f.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4699/indicacao_079_-operacao_tapa_buraco_no_final_da_avenida_antonio_quintino_gomes.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4700/025indicacao.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4701/025indicacao.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4703/camscanner_23-07-2025_11.53.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4704/48.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4705/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4706/camscanner_25-07-2025_10.05.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4707/indicacao_no_049.2025.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4709/camscanner_30-07-2025_09.17.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4710/indicacao_-_50-_patrolamento_e_encascalhamento-_linha_135_1.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4711/indicacao_-_51_-_limpeza_capitao_castro.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4712/indicacao_-_52_-_2025_-_iluminacao_olivio_noet_0001.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4713/camscanner_31-07-2025_11.11.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4715/indicacao_080_-operacao_tapa_buraco_na_rua_8225_n2168_bairro_alto_dos_parecis.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4716/indicacao_081-servico_de_limpeza_e_remocao_de_mato_na_area_verde_localizada_na_rua_campo_belo_no_bairro_cidade_verde_i..pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4717/indicacao_082-a_revitalizacao_do_quebra-mola_localizado_na_avenida_sabino_bezerra_de_queiroz_em_frente_ao_shopping..pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4718/indicacao_028-2025.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4719/indicacao_029-2025.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4720/indicacao_030-2025.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4721/camscanner_01-08-2025_11.13_2.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4724/indicacao_031-2025.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4725/indicacao_032-2025.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4726/indicacao_033-2025.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4727/camscanner_04-08-2025_11.38.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4728/indicacao_025.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4729/indicacao_026.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4730/indicacao_025_-_pequeno_dragao.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4731/indicacao_-_53_-_2025_-_patrolamento_e_encascalhameno_rua_355_e_314.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4734/poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4735/indicacao_083-_a_realizacao_da_limpeza_do_lixo_acumulado_na_rua_5001_esquina_com_a_rua_5002_situada_entre_os_bairros_orleans_e_novo_horizonte..pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4736/indicacao_084-_a_instalacao_de_um_torneira_na_quadra_de_basquete_da_praca_genival_nunes_situada_no_bairro_jardim_eldorado.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4737/indicacao_085-a_revitalizacao_do_quebra-mola_e_pintura_da_faixa_de_pedestre_localizados_na_avenida_melvin_jones__em_frente_a_capela_cristo_rei..pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4738/camscanner_08-08-2025_12.04.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4740/indicacao_no_051.2025.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4742/indicacao_no_052.2025.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4743/indicacao_no_053.2025.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4744/027indicacao.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4745/028_indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4746/indicacao_034-2025.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4747/indicacao_035-2025.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4748/indicacao_036-2025.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4750/indicacao_086-_operacao_tapa-buraco_na_rua_709_no_cruzamento_com_a_avenida_sabino_bezerra_de_queiroz..pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4751/indicacao_087-_reinstalacao_dos_redutores_de_velocidade_anteriormente_existentes_na_avenida_jamari..pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4752/indicacao_088-_operacao_tapa-buraco_na_avenida_guapore_em_ambos_os_sentidos_da_via..pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4754/indicacao_n_67.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4756/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4757/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4759/indicacao_023_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4762/indicacao_n_68_2025.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4763/indicacao_n_69_2025.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4764/indicacao_no_054.2025..pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4765/indicacao_nc2ba_055.2025...._assinado.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4769/camscanner_18-08-2025_12.02.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4771/indicacao_037-2025.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4772/indicacao_038-2025.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4773/indicacao_039-2025.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4774/indicacao_024_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4775/indicacao_089-_a_implantacao_de_um_redutor_de_velocidade__na_avenida_jo_sato_no_fim_da_dupla..pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4776/indicacao_090_-_operacao_tapa-buraco_no_final_da_avenida_parana_no_cruzamento_com_a_rua_2703..pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4777/indicacao_091-_remocao_do_bueiro_da_rua_314_no_cruzamento_com_a_rua_351..pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4778/camscanner_22-08-2025_08.00.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4779/indicacao_no_056.2025.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4780/indicacao_no_057.2025.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4781/indicacao_no_058.2025.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4782/029_indicacao.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4787/059.2005_assinado.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4788/060.2005_assinado.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4789/061.2005_assinado.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4790/indicacao_29-2025.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4791/indicacao_30-2025.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4792/indicacao_040-2025.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4793/indicacao_041-2025.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4794/indicacao_042-2025.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4795/indicacao_031.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4796/indicacao_092-_pavimentacao_da_rua_601..pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4797/indicacao_093-_a_realizacao_de_limpeza_na_travessia_de_chao_localizada_entre_os_bairros_moyses_de_freitas_e_maria_moura.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4798/indicacao_094-_operacao_tapa-buraco_naavenida_710_esquina_com_a_rua_701_bairro_marcos_freire.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4799/camscanner_01-09-2025_07.34.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4804/indicacao_04-_redutor_velocidade-rua_jamari__no_1159.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4806/indicacao_05-sinalizacao_de_quebra-molas_antigos.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4807/indicacao_n062.2025.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4808/indicacao_n063.2025.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4809/indicacao_n064.2025.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4810/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4811/indicacao_032.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4814/indicacao_043-2025.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4815/indicacao_044-2025.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4816/indicacao_045-2025.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4818/031_indicacao.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4819/indicacao_095-_operacao_tapa-buraco_na_avenida_joao_arrigo_esquina_com_a_rua_61.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4820/indicacao_096-_a_revitalizacao_das_faixas_de_pedestre_nos_arredores_da_upa.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4821/indicacao_097-_revitalizacao_das_faixas_de_pedestre_bem_como_a_pintura_do_redutor_de_velocidade_quebra-mola_na_rua_rio_grande_do_norte..pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4822/indicacao_-_54_-_2025_-_camera_de_monitoramento_0001.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4823/indicacao_-_55_-_2025_-_patrolamento_e_encascalhamento-_av._1o_de_maio_x_rua_jacomina_m_paludo_-_pracas_de_vilhena_0001.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4826/indicacao_56.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4828/065.2005.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4829/066.2005_1.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4831/067.2005_1.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4833/indicacao_029_cascalhamento_e_patrolamento_aposto_paulo.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4834/indicacao_098-_operacao_tapa-_buraco_na_rua_zacarias_rocha_de_azevedo_esquina_com_a_rua_vinte_e_um_no_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4835/indicacao_099-alteracao_do_artigo_213_da_lei_complementar_no_007_de_24_de_outubro_de_1996.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4836/indicacao_100-a_construcao_de_uma_escola_de_ensino_infantil_no_setor_12..pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4837/camscanner_10-09-2025_12.15.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4840/indicacao_046-2025.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4841/indicacao_047-2025.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4842/indicacao_048-2025.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4843/indicacao__020.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4844/indicacao_021_assinado.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4847/indicacao_n.57.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4848/58_-_2025_-_esquadrilha_da_fumaca.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4849/59-_2025_-_pintura_dos_semaforos_1.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4850/60-_pavimentacao_asfaltica_trecho_que_liga_a_1omaio.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4851/indicacao_049-2025.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4852/indicacao_050-2025.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4854/poder_legislativo_6.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4855/poder_legislativo_7_1_1.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4856/indicacao_052-2025.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4859/indicacao_n_75_2025.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4861/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4862/indicacao_101-_operacao_tapa-operacao_tapa-_buraco_na_rua_116-08_esquina_com_a_rua_116-07..pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4863/indicacao_102-instalacao_de_um_ponto_de_onibus_na_avenida_rio_grande_do_norte_lateral_ao_condominio_campos_elisios_no_bairro_cidade_verde_iii.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4864/indicacao_103-__a_pintura_da_faixas_de_pedestre_na_rua_632..pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4865/camscanner_19-09-2025_11.43.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4866/indicacao_n068.2025.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4867/indicacao_n069.2025_3.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4868/indicacao_n070.2025_1.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4869/indicacao.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4870/indicacao_030-_cascalhamento_embratelzinho.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4871/indicacao_no_034_-_2025__asfalto__na_escola_castelo_1.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4874/indicacao_053-2025.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4875/indicacao_054-2025.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4876/indicacao_055-2025.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4877/indicacao_colocacao_de_placas_de_indentificacao_das_ruas_1.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4879/camscanner_24-09-2025_12.26.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4880/031_indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4881/032_indicacao.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4882/indicacao_104-_a_pavimentacao_da_estrada_d_no_bairro_embratel_proximo_a_granja_brasil..pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4884/indicacao_106-__a_pintura_da_faixa_de_pedestre_na_rua_603_atras_da_escola_municipal_de_ensino_fundamental_professora_ivete_brustolin..pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4885/indicacao_05_1.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4886/033indicacao_merged.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4887/034escola_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4889/poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4893/indicacao_05_-_doacao_de_moveis_assinada.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4895/035indicacao.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4900/indicacao_n071.2025.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4901/indicacao_n072.2025_2.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4902/indicacao_n073.2025_2.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4903/036_indicacao.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4905/camscanner_03-10-2025_10.04.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4906/indicacao_107-__a_construcao_de_um_ponto_base_de_apoio_aos_motoboys_de_delivery..pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4907/indicacao_108-_que_seja_realizada_a_recuperacao_do_piso_em_paralelepipedo_da_entrada_do_pronto_socorro_de_vilhena.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4908/indicacao_109-__operacao_tapa-buraco_na_avenida_barao_do_rio_branco_numero_2370..pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4909/indicacao_056-2025.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4910/indicacao_057-2025.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4911/indicacao_058-2025.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4914/camscanner_03-10-2025_12.24.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4918/oficio_de_indicacoes_recupercao_das_linhas_60_e_70.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4920/037indicacao.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4921/camscanner_07-10-2025_11.47.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4923/indicacao_07_implanon_1.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4924/indicacao_08_-_teste_de_glicemia_assinado.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4926/indicacao_032_-_cascalhamento_e_patrolamento_rua_jorge_teixeira_embratel.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4927/indicacao_033-_cascalhamento_e_patrolamento_avenida_rio_grande_do_sul_novo_templo.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4929/indicacao_025_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4930/indicacao_026_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4931/indicacao_059-2025.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4932/indicacao_060-2025.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4933/indicacao_061-2025.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4934/1000941909.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4935/indicacao_027_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4936/indicacao_n074.2025.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4937/indicacao_n075.2025.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4939/000.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4940/indicacao_110-_operacao_tapa-buraco_na_avenida_sabino_bezerra_de_queiroz._1.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4941/indicacao_111-_a_pavimentacao_da_avenida_das_violetas_no_1704_bairro_jardim_primavera..pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4942/indicacao_112-_a_pavimentacao_da_avenida_lirio_do_vale_no_2403_bairro_jardim_primavera..pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4946/indicacao_tampa_do_bueiro_moises_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4949/indicacao_034_-_cascalhamento_e_patrolamento_limha_3.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4950/indicacao_062-2025.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4951/indicacao_063-2025.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4952/indicacao_064-2025.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4956/1000951085.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4957/indicacao_035_-_iluminacao_da_rua_23_no_bairro_jardim_social.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4958/038_indicacao.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4959/indicacao_10_assinada.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4961/indicacao_11_sinalizacao_bairro_solar.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4963/indicacao_n077.2025.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4964/indicacao_n078.2025.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4965/indicacao_n079.2025.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4966/indicacao_113-_operacao_tapa-buraco_na_avenida_edivaldo_luciano_da_silva_bairro_jardim_america._1.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4967/indicacao_114_-_servico_de_nivelamento_patrolamento_e_cascalhamento_na_rua_goias_bairro_parque_industrial_novo_tempo__1.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4968/indicacao_115_-_servico_de_nivelamento_patrolamento_e_cascalhamento_na_rua_tocantins_bairro_parque_industrial_novo_tempo__1.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4974/indicacao_n080.2025..pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4975/indicacao_036_operacao_tapa-buraco.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4976/039_indicacao.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4978/040indicacao.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4979/indicacao_065-2025.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4980/indicacao_066-2025.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4981/indicacao_067-2025.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4982/indicacao_n_852025.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4983/indicacao_n_862025.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4984/indicacao_n_872025.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4985/indicacao_116_-_estudo_tecnico_para_implementacao_de_um_redutor_de_velocidade_quebra-mola_rua_h_bairro_bnh_.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4986/indicacao_117_-_servico_de_nivelamento_patrolamento_e_cascalhamento_na_rua_acre_bairro_parque_industrial_novo_tempo_.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4987/indicacao_118_-_a_inclusao_da_avenida_campos_elisio_no_cronograma_de_limpeza_e_poda_urbana_.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4988/camscanner_24-10-2025_10.58.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4989/indicacao_082.2025.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4990/041indicacao.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4991/042_indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4994/poder_legislativo_1.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4999/indicacao_068-2025.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5000/indicacao_069-2025.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5001/indicacao_070-2025.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5002/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5003/indicacao_62.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5004/63_-_asfaltamento_-_em_frente_ao_cer.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5005/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5006/camscanner_31-10-2025_11.19.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5007/camscanner_31-10-2025_11.42.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5008/indicacao_119-_operacao_tapa-buraco_na_rua_cerro_azul_bairro_cidade_verde._1.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5009/indicacao_120_-_servico_de_limpeza_e_rocagem_do_museu_casa_de_rondon_.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5010/indicacao_121_-_limpeza_e_revitalizacao_da_praca_e_da_quadra_de_volei_de_areia_na_praca_do_barao_do_melgaco_iii_.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5014/indicacao_083.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5015/indicacao_084.2025_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5017/indicacao_071-2025.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5018/indicacao_072-2025.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5019/indicacao_073-2025.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5020/camscanner_05-11-2025_07.14.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5021/indicacao_037_-_operacao_tapa-buraco_av_15_de_novembro_1.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5022/indicacao_38_-_limpeza_rua_nelso_tremea_centro.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5023/indicacao_028_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5028/043_indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5030/indicacao_no_14_escolas.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5033/indicacao_45._1.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5034/044indicacao.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5035/indicacao_46._1.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5038/64-_noite_da_seresta_e_festivais_municipais_.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5039/65-_sinalizacao_horizontal_-_jamari.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5040/66-_pavimentacao_-_em_frente_ao_caps.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5041/indicacao_no_15_luz_natalina_nova_conquista.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5042/indicacao_122_-_revitalizacao_da_praca_nossa_senhora_aparecida_1_2_1.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5043/indicacao_123-_recuperacao_de_pavimentacao_no_entroncamento_da_av._presidente_nasser_com_av._mato_grosso._1.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5044/indicacao_124_-_servico_de_manutencao_rotineira_de_vias_nao_pavimentadas_nas_arterias_do_setor_19_avenida_aracaju_e_na_avenida_1713__1.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5050/indicacao_n086.2025.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5051/indicacao_n087.2025.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5055/indicacao_no_009-_rio_canelinha.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5056/indicacao_074-2025.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5057/indicacao_075-2025.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5058/indicacao_076-2025.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5061/indicacao_040_-_pode_de_arvore_jardim_america.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5066/indicacao_125-_operacao_tapa-buraco_na_avenida_luciano_da_silva.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5067/indicacao_126-__a_pintura_da_faixa_de_pedestre_na_rua_h.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5069/indicacao_n088.2025_1.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5070/indicacoes_no_127_-_oficio_no_455.2025.gabpres___-_anteprojeto_caixa_d_agua_para_todos.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5071/indicacao.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5072/indicacao_n_922025.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5073/indicacao_n932025.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5074/indicacao_n_942025.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5075/indicacao_07_-_tapa-buracos_na_rua_em_frente_a_policia_federal_rua_7_de_setembro_avenida_15_de_novembro__avenida__beira_rio_e_leopoldo_peres.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5077/indicacao_16_-_rua_mario_elias_.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5078/indicacao_17_-_banheiros_quimicos.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5082/048__indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5083/049_indicacao.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5084/indicacao_041_-_iluminacao_da_rua_acre_no_bairro_novo_templo.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5085/indicacao_042_-_iluminacao_da_avenida_porto_alegre_no_bairro_setor_19.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5086/050__indicacao.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5088/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5089/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5090/poder_legislativo_2.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5091/indicacao_n_962025.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5092/indicacao__n_972025.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5093/indicacao_n089.2025.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5094/indicacao_n090.2025.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5095/indicacao_n091.2025.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5096/indicacao_077-2025.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5097/indicacao_078-2025.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5098/indicacao_079-2025.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5100/indicacao.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5103/indicacao_18_-_praca_orleans.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5104/indicacao_19_-_faixa_ginasio.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5106/indicacao_no_010.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5107/indicacao_no_011.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5108/indicacao_no_012.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5109/indicacao_no_013.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5110/68_parquinho_na_praca.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5111/indicacao_067-_bueiro.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5112/indicacao_080-2025.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5113/indicacao_081-2025.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5114/indicacao_082-2025.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5115/051_indicacao.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5116/69_tapa_buracos-_sabino_bezerra.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5118/indicacao_n093.2025.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5119/indicacao_n094.2025.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5121/indicacao_129-_recuperacao_de_pavimentacao_na_rotatoria_da_av._campos_elisio_com_rua_cidade_verde..pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5122/indicacao_130-_recuperacao_de_pavimentacao_na_av._umuarama_no_bairro_jardim_primavera_..pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5123/indicacao_131-__substituicao_das_iluminarias_convencionais_obsoleta_por_iluminacao_em_tecnologia_led_do_bairro_barao_do_melgaco_iii.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5124/indicacao_20_-_parque_infantil_nova_conquista_atualizado.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5125/052_indicacao.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5133/053_indicacao.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5134/054_indicacao.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5135/055_indicacao.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5136/indicacao_21_-_ambulancia_samu.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5139/indicacao_083-2025.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5140/indicacao_084-2025.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5144/indicacao_022_-_amanda_areval_assinado.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5145/indicacao_023_-_amanda_areval_assinado.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5146/indicacao_024_-_amanda_areval_assinado.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5148/indicacao_no_040_-_transporte_saude_assinada.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5149/indicacao_132-_recuperacao_de_pavimentacao_na_av._barao_do_rio_branco_no_bairro_centro_._1.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5150/indicacao_133-_recuperacao_de_pavimentacao_tapa-buraco_na_av._celso_mazutti_com_rua_seiscentos_e_cinquenta_e_nove._1.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5151/indicacao_134-_recuperacao_de_pavimentacao_na_rua_marechal_deodoro_da_fonseca_esquina_com_av._capitao_castro_no_bairro_centro_._1.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5152/indicacao_n095.2025.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5153/indicacao_n095.2025_1.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5156/indicacao_n096.2025.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5157/indicacao_n097.2025_1.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5161/indicacao_23_-_praca_cidade_nova_-_parque_infantil.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5172/indicacao_n_982025.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5173/indicacao_n_992025.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5174/indicacao_n_1002025.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5175/indicacao_135-_secretaria_municipal_de_planejamento_aquisicao_e_instalacao_de_bebedouro_publico_na_praca_nossa_senhora_aparecida__1.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5176/indicacao_136-_secretaria_municipal_de_planejamento_aquisicao_e_instalacao_de_bebedouro_publico_na_praca_angelo_spadari__1.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5177/indicacao_137-_secretaria_municipal_de_planejamento_aquisicao_e_instalacao_de_bebedouro_publico_na_praca_genival_nunes__1.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5178/indicacao_n1012025.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5179/indicacao_n_1022025.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5180/indicacao_103_assinado.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5181/indicacao_086-2025.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5182/indicacao_087-2025.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5183/indicacao_088-2025.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5190/indicacao_025_-_amanda_areval_assinado.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5191/indicacao_026_-_amanda_areval_assinado.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5196/indicacao_138-_recuperacao_de_pavimentacao_na_rua_8225_no2320_alto_dos_parecis_._1.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5197/indicacao_139_-_servico_de_nivelamento_patrolamento_e_cascalhamento_na_rua_8225_onde_finaliza_o_asfalto_no_bairro_barao_do_melgaco_ii.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5198/indicacao_140-_recapeamento_asfaltico_da_avenida_liberdade_no_bairro_centro_..pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5200/camscanner_17-12-2025_12.16.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4146/pelom_082_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4141/plc_432_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4194/plc_433_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4227/plc_434_-_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4272/plc_435-25.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4282/plc_436_25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4288/plc_437_25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4362/plc_438_25.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4658/plc_439_25.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4722/plc_440_25.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4803/plc_441_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4878/plc_442_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4947/plc_443_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5169/plc_444_2025_-_codigo_tributario_urgencia.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5170/plc_445__2025_-_issqn_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5186/plc_446_2025_-lc_007_96.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5199/plc_447_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4134/pl_7085_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4139/pl_7086_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4140/pl_7087_25.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4147/pl_7088_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4148/pl_7089_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4153/pl_7090_25.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4157/pl_7091_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4158/pl_7092_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4159/pl_7093_25.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4161/pl_7094_25.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4175/pl_7095_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4176/pl_7096_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4177/pl_7097_25.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4178/pl_7098_25.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4180/pl_7099_25.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4181/pl_7100_25.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2026/4182/pl_7101_25.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4183/pl_7102_25.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4193/pl_7103_25.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4197/pl_7104_25.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4199/pl_7105_25.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4200/pl_7106_25.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4201/pl_7107_25.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4205/pl_7108_25.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4210/pl_7109_25.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4213/pl_7110_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4220/pl_7111_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4228/pl_7112_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4231/pl_7113_25.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4232/pl_7114_25.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4246/pl_7115_25.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4269/pl7116-25.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4248/pl_7117_25.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4247/pl_7118_25.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4270/pl7119-25.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4271/pl7120-25.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4279/pl_7121_25.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4280/pl_7122_25.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4281/pl_7123_25.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4283/pl7124-25.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4284/pl_7125_25.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4305/pl_7126_25.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4306/pl_7127_25.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4308/pl_7128_25.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4309/pl_7129_25.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4310/pl_7130_25.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4319/pl_7131_25.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4331/pl_7132_25.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4332/pl_7133_25.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4333/pl_7134_25.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4334/pl_7135_25.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4335/pl_7136_25.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4336/pl_7137_24.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4337/pl_7138_25.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4338/pl_7139_25.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4339/pl_7140_25.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4340/pl_7141_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4354/pl_7142_25.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4355/pl_7143_25.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4356/pl_7144_25.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4358/pl_7145_25.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4369/pl_7146_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4382/pl_7147_25.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4383/pl_7148_25.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4384/pl_7149_25.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4391/pl_7150_25.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4397/pl_7151_25.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4396/pl_7152_25.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4401/pl_7153_25.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4403/pl_7154_25.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4404/pl_7155_25.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4416/pl_7156_25.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4423/pl_7157_25.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4424/pl_7158_25.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4426/pl_7159_25.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4445/pl_7160_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4446/pl_7161_25.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4447/pl_7162_25.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4448/pl_7163_25.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4473/pl_7164_25_-_vereador.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4474/pl_7165_25.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4475/pl_7166_25.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4482/pl_7167_25.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4477/pl_7168_25.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4478/pl_7169_25.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4479/pl_7170_25.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4480/pl_7171_25.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4481/pl_7172_25.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4485/pl_7173_25.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4490/pl_7174_25.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4491/pl_7175_25.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4495/pl_7176_25.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4496/pl_7177_25.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4499/pl_7178_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4500/pl_7179_25.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4518/pl_7180_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4536/pl_7181_25.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4555/pl_7182_25.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4565/pl_7183_25.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4568/pl_7184_25.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4576/pl_7185_25.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4589/pl_7186_25.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4593/pl_7187_25.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4596/pl_7188_25.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4597/pl_7189_25.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4603/pl_7190_25.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4612/pl_7191_25.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4621/pl_7192_25.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4626/pl_7193_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4631/pl_7194_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4632/pl_7195_25.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4647/pl_7196_25.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4648/pl_7197_25.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4649/pl_7198_25.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4650/pl_7199_25.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4651/pl_7200_25.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4652/pl_7201_25.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4653/pl_7202_25.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4654/pl_7203_25.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4655/pl_7204_25.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4656/pl_7205_25.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4657/pl_7206_25.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4668/pl_7207_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4687/pl_7208_25.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4688/pl_7209_25.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4691/pl_7210_25.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4702/pl_7211_25.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4714/7212_25.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4723/7213_25.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4733/pl_7214_25.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4753/pl_7215_2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4760/pl_7216_25.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4761/pl_7217_25.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4766/pl_7218_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4767/pl_7219_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4784/pl_7.220_2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4785/pl_7221_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4800/pl_7222_2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4801/pl_7223_2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4802/pl_7224_2025_ppa.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4805/pl_7225_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4812/pl_7226_2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4817/pl_7227_25_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4824/pl_7228_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4827/pl_7229_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4838/pl_7230_2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4839/pl_7231_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4845/pl_7232_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4857/pl_7233_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4860/pl_7234_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4872/pl_7235_2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4873/pl_7236_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4890/pl_7237_2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4892/pl_7238_2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4891/pl_7239_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4896/pl_7240_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4897/pl_7241_2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4898/pl_7242_2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4899/pl_7243_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4904/pl_7244_2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4913/pl_7245_2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4912/pl_7246_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4915/pl_7247_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4916/pl_7248_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4917/pl_7249_2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4919/pl_7250_2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4922/pl_7251_2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4925/pl_7252_2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4944/pl_7253_2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4945/pl_7254_2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4948/pl_7255_2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4954/pl_7256_2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4955/pl_7257_2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4960/pl_7258_2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4973/pl_7259_2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4969/pl_7260_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4970/pl_7261_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4971/pl_7262_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4972/pl_7263_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4992/pl_7264_2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5016/pl_7265_2025_loa.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5012/pl_7266_2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5011/pl_7267_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5024/pl_7268_2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5025/pl_7269_2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5026/pl_7270_2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5031/pl_7271_2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5029/pl_7272_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5045/pl_7273_2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5036/pl_7274_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5046/pl_7275_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5047/pl_7276_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5048/pl_7277_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5052/pl_7278_2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5053/pl_7279_2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5054/pl_7280_2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5059/pl_7281_2025_-_pccr_-_camara.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5062/pl_7282_2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5063/pl_7283_2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5065/pl_7284_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5076/pl_7285_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5079/pl_7286_2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5080/pl_7287_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5087/pl_7288_2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5101/pl_7289_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5102/pl_7290_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5117/pl_7291_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5120/pl_7292_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5127/pl_7293_2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5128/pl_7294_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5129/pl_7295_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5130/pl_7296_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5131/pl_7297_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5132/pl_7298_2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5142/pl_7299_25_-_refis_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5143/pl_7300_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5147/pl_7301_2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5158/pl_7302_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5159/pl_7303_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5160/pl_7304_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5162/pl_7306_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5163/pl_7308_2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5164/pl_7309_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5165/pl_7310_2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5166/pl_7311_2025_compilado_compressed.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5167/pl_7312_2025_-_camara_urg.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5168/pl_7313_2025_-_camara_-_urg.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5185/pl_7314_2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5187/pl_7315_2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5188/pl_7316_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5189/pl_7317_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5193/pl_7318_2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5194/pl_7319_2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5195/pl_7320_2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5205/pl_7321_2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5206/pl_7322_2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5207/pl_7323_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5211/pl_7324_2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5212/pl_7325_2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5219/pl_7326_2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5220/pl_7327_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4619/of_0082_24_dp_sgpj_p_dec_leg.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4620/proj_dec_leg_46_2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4786/pdl_47_2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4846/pdl_no_48_2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4858/pdl_49_2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5081/p_dec_leg_50_2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5171/pdl_51_2025_-_frei_carlos.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4359/p_res_58_25.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4503/proj_res_59_2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4508/proj_res_60_2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5060/p_res_61_2025_-_carteira.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5192/p_res_62_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4462/req_001_25_-_samir.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4464/req_002_25_-_dr_celso.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4465/req_003_-_25_-_ver_wilson_tabalipa.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4529/req_004_-_25_-_cfo.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4530/req_005_-_25_cfo_sol_urgenicia.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4611/req_06_25_-_sol_urgenicia.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4595/req_007_-_cectesas_sol_urgencia_pl_7186_25.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4610/requerimento_08.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5184/req_9_2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4212/mo_001_25.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4318/mo_02_25.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4400/mo_03_25.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4509/mo_04_25.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4602/mo_05_25.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4667/mo_06_2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4732/mo_07_2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4768/mo_08_2025_dr._celso.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4825/mo_09_2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4943/mo_10_2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4953/mo_11_2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4993/mo_12_2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4995/mo_13_2025_-_anderson.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5013/mo_14_2025_-_eliton_costa.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5049/mo_15_2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5064/mo_16_2025_-_pedrinho.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4131/01-2025_-_patrolamento_r._olivio_noetzold.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4132/02-2025_-_operacao_tapa_buracos_r.duzalina_milani.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4133/03-2025_-_operacao_tapa_buracos_r._saldanha_marinho.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4135/indicacao_no_001-2025-gvaa_-_004_-_limpeza_cidade_verde_rua_102-29.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4136/indicacao_nc2ba_002-2025-gvaa_-_005_-_melhorias_estradas_asprolcem_nova_conquista_assinado.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4137/indicacao_nc2ba_003-2025-gvaa_-_006_-_pista_de_ciclismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4138/indicacao_de_01_2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4142/indicacao_-_04_-_2025_-_quebra_molas_na_av._marechal_rondon.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4143/indicacao_-_05-2025_-_operacao_tapa_buracos_av._liberdade.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4144/indicacao_-_06-2025_-_tapa_buraco_-_aabb.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4145/indicacao_03_2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4149/indicacao_02_1.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4150/indicacao04..pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4151/indicacao_-_07_-_2025_-_quebra_molas_na_av._curitiba.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4154/08-2025_-_patrolamento_r._2315_-_setor_23.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4155/camscanner_28-01-2025_09.09.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4156/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4160/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4162/ind_no_001-2025-gvc_-_reparacao_de_buracos_na_rua_delmiro_gouveia_-_setor_12.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4163/ind_no_002-2025_-_gvc_-_aquisicao_de_cadeira_odontologica_para_ubs_afonso_mansur_de_franca.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4164/ind_no_003-2025_gvc_-_reparacao_de_buracos_na_avenida_liberdade_-_centro.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4165/ind_no_004_-2025_-gvc_-_instalacao_de_dois_quebra-molas_na_extensao_da_rua_116-09_localizada_no_bairro_uniao..pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4166/ind_no_005-2025_-_gvc_-_reparacao_de_buracos_na_avenida_liberdade_entre_as_ruas_princesa_isabel_e_castelo_branco..pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4167/ind_no_006-2025_-gvc_-_solicitacao_de_pintura_e_sinalizacao_de_faixas_de_pedestres_estilizadas_nas_proximidades_de_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4168/ind_no_007-2025_-_gvc_-_indicacao_de_lombada_na_rua_adel_sadek_no_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4169/ind_no_008-2025_-_gvc_-_indicacao_de_limpeza_e_remocao_de_lixo_na_linha_135.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4170/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4171/indicacao_-_09_-2025_-_operacao_tapa_buracos_av._curitiba.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4172/inicacao_1.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4173/indicacao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4174/indicacao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4179/indicacao_004.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4184/camscanner_03-02-2025_12.30.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4186/indicacao_-_11_-_2025_-_ciclivia_av._parana.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4187/indicacao_n_001.2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4188/indicacao_n002.2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4189/indicacao_n003.2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4185/scan_indic_2025_2_3_16_52_4_28870.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4190/indicacao_eliton_costa_.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4191/indicacao_n_07_2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4192/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4195/ind_no_011-2025_-_gvc-_reparacao_de_buracos_na_avenida_tancredo_neves_a_partir_do_numero_7027_ate_a_ubs_dr_luis_alberto_valdez.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4196/ind_no_012-2025_-_gvc_-_reparacao_de_buracos_na_rua_das_violetas_esquina_com_avenida_benno_luiz_graebin_no_jd_das_oliveiras.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4198/ind_no_013-2025_-_gvc_-_operacao_tapa_buracos_na_avenida_1802_em_frente_ao_parque_de_exposicoes_de_vilhena.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4202/indicacao_nc2b0_04-2025_-_curso_panificacao_compressed_assinado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4203/indicacao_nc2b0_05-2025_-_energia_solar_escolas_compressed_assinado.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4204/indicacao_no_006_2025_banheiros_assinado.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4207/indicacao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4208/indicacao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4209/indicacao_no004.2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4211/indicacao_no005.2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4217/indicacao_014-_iluminacao_da_av._afonso_juca_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4218/indicacao_005.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4219/indicacao_006.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4221/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4222/indicacao_n002.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4223/indicacao_n001.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4224/ind_no_014-2025_-gvc_-_limpeza_do_lote_da_escola_municipal_angelo_mariano_donadon.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4225/ind_no_015_-2025_-gvc_-_limpeza_interna_e_externa_do_patio_da_escola_municipal_marcos_donadon.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4226/ind_no_016-2025_-_gvc_-_operacao_tapa_buraco_na_linha_carevel.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4229/indicacao_003.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4230/indicacao_no_006.2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4233/indicacao_007_17-02_assinado.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4234/indicacao_008_assinado.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4235/indicacao___18-02-2025_08.37.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4237/indicacao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4238/indicacao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4239/indicacao_009_assinado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4240/indicacao_no_007.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4243/indicacao_004-2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4244/indicacao_005-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4245/indicacao_08.docx" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4249/indicacao_09_1.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4250/indicacao_017_-_buracos_na_rua_5307_novo.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4251/indicacao_018_-_buracos_e_limpeza_da_rua_manaus__novo.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4252/indicacao_019_-_buracos_na_av_1511__novo.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4253/indicacao_10_1.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4254/indicacao_-_15_-2025_-_reforma_da_praca_genival_nunes.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4255/indicacao_-_16_-2025_-_triturador_de_galhos_e_residuos_organicos.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4256/17_-_2025_-_passarela_parque_ecologico.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4257/indicacao_no009.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4258/camscanner_20-02-2025_13.04.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4259/camscanner_21-02-2025_08.54.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4260/indicacao_09_1.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4261/indicacao_04.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4262/indicacao_04_-_patrola_av_rio_grande_do_sul.docx" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4263/indicacao_05_-_operacao_tapa-buraco.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4264/doc-20250217-wa0481..pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4265/indicacao_13_assinado.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4266/indicacao_020_-_comissao_mista_a_ser_formada_por_servidores_da_prefeitura_e_da_camara_de_vereadore_de_vilhena__novo.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4267/indicacao_021-_limpeza_do_terreno_da_prefeitura_no_barao_do_melgaco_i_novo.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4273/indicacao_parquinho_barao_lll_011.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4274/indicacao_012_merged_spl.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4275/indicacao_05_-_operacao_tapa-buraco.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4277/indicacao_14_assinado.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4278/indicaac2a7ac2a3o_nac2b0_10-2025_-_iluminaac2a7ac2a3o_acesso_ao_aeroporto_assinado.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4285/indicacao_no010.2025_..pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4286/indicacao_no_011.2025..pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4287/indicacaon012.2025..pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4289/indicacao_n15.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4290/indicacao_023_-_servico_de_nivelamento_patrolamento_e_cascalhamento_na_rua_rio_grande_do_sul_no_bairro_novo_tempo__novo.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4291/indicacao_024_-_servico_de_nivelamento_patrolamento_e_cascalhamento_nas_ruas_8307_e_8401_no_residencial_hipica_e_ique___novo.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4292/indicacao_025_-_buracos_na_av_edvaldo_luciano_da_silva_no_jardim_america__novo.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4293/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4294/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4295/camscanner_07-03-2025_11.58.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4296/pdf_indicacao_14_linha_90.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4298/indicacao_019.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4299/indicacao_020.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4300/indicacao_no_13.2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4301/indicacao_014.2025..pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4302/indicacao_no15.2025.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4304/indicacao_-_21-2025_-_operacao_tapa_buracos_av._aldo_reidman.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4307/camscanner_10-03-2025_09.28_1.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4311/indicacao_026_-_limpeza_do_terreno_da_parte_externa_da_escola_bianca_e_leonardo__novo.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4312/indicacao_027_-_podas_de_arvores_da_e._m._e._i._chitosse_mochisuki_inaba__novo.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4313/indicacaon016.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4315/indicacao_6.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4316/indicacao_7.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4317/indicacao_no017.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4324/camscanner_10-03-2025_09.28_1.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4325/camscanner_17-03-2025_10.24.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4326/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4327/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4328/camscanner_17-03-2025_11.41.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4329/camscanner_17-03-2025_11.43.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4330/camscanner_17-03-2025_11.45.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4341/indicacao_06_-_bloqueio_pista_major.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4342/indicacao_07_-_patrolamento_e_cascalhamento.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4343/indicacao_08_-_limpeza_area_verde_bairro_embratel.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4344/indicacaopdf.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4345/indicacao_-_23_-_2025_-_operacao_tapa_buracos_rua_toledo.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4346/indicacao_029_-_podas_de_avores_da_e._m._e._f._martim_lutero__novo.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4347/indicacao_030_-_servico_de_nivelamento_patrolamento_e_cascalhamento_bairro_regiao_do_19_e_17__novo.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4348/indicacao_031_-_servico_de_manutencao_de_ar-condicionado_do_hospital_regional_e_upa__novo.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4349/indicacao_-25_-2025_-_patrolamento_av._florianopolis_-_embratel_assinado.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4350/indicacao_008-2025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4351/indicacao_009-2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4352/indicacao_010-2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4353/indicacao_n_21_2025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4357/camscanner_21-03-2025_12.22.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4360/indicacao_005.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4361/indicacao_006.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4363/camscanner_25-03-2025_12.58.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4364/camscanner_25-03-2025_13.00.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4366/camscanner_26-03-2025_09.53.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4367/indicacao_09_-_ponte_setor_37.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4368/indicacao_002_-_cirurgias_ginecologicas.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4370/indicacao_032_-_servico_de_nivelamento_patrolamento_e_cascalhamento_rua_5204_no_centro__novo.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4371/indicacao_033_-_buracos_na_av._leopoldo_peres_no_centro__novo.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4372/indicacao_034_-_buracos_na_av._aldo_heidman_no_barao_do_melgaco_iii__novo.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4373/camscanner_27-03-2025_09.55.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4374/indicacao_011-2025.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4375/indicacao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4376/indicacao_013-2025.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4377/indicacao_018.2025.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4378/indicacao_n_019.2025_._pdf.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4379/indicacao_n_020.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4380/indicacao_027-_eliton_1.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4381/camscanner_28-03-2025_12.36.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4385/camscanner_31-03-2025_11.32.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4387/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4388/indicacao_035_-_buracos__e_servicos_de_recapeamento_na_av._celso_mazutti_no_bairro_jardim_eldorado__novo.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4389/indicacao_036_-_servico_de_nivelamento_patrolamento_e_cascalhamento_rua_oito_mil_quinhentos_e_dois_bairro_assosete__novo.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4390/indicacao_037_-_retirada_de_restos_de_galhos_e_folhas_de_podas_de_arvores_na_emei_professora_nina_paul__novo.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4394/indicacao_010.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4395/indicacao_011.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4398/indicacao_no021.2025.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4399/indicacao_no_022.2025.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4402/indicacaes_018.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4405/indicacao_038_-_servico_de_nivelamento_patrolamento_e_cascalhamento_rua_tancredo_neves_proximo_antiga_adega__novo.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4406/indicacao_039_-_servico_de_nivelamento_patrolamento_e_cascalhamento_rua_jose_honorio_ramos_bairro_cidade_jardim_ii__novo.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4407/indicacao_040_-_buracos__e_servicos_de_recapeamento_nas_ruas_53f_e_53g_jardim_acacia__novo.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4409/indicacao_sapl.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4410/indicacao_sapl__20.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4411/indicacao_14-2025.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4412/indicacao_15-2025.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4413/camscanner_07-04-2025_13.05_1.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4414/camscanner_11-04-2025_11.13.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4415/documento_74.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4417/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4418/indicacao_-_29_-2025_-_revitalizacao_praca_angelo_spadari_1.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4419/indicacao_-_30_-_2025_-_operacao_tapa_buracos_av._antonio_quintino_gomes.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4420/indicacao_n_023.2025.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4421/indicacao_no024.2025.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4422/indicacao_n025.2025.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4425/camscanner_15-04-2025_10.36.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4427/camscanner_15-04-2025_10.04.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4428/indicacao_041_-_limpeza_praca_no_bairro_pracas_de_vilhena_novo.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4429/indicacao_042_-_buracos__e_servicos_de_recapeamento_na_avenida_sete_de_setembro_ate_a_esquina_com_a_rua_marcos_da_luz__novo.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4430/indicacao_043_-_buracos__e_servicos_de_recapeamento_na_rua_claudio_coutinho_ate_a_esquina_com_a_pedro_alvares_cabral__novo.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4431/indicacao_004_-_amplicacao_de_equipe_de_tecnicos_na_upa.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4433/indicacao_005.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4434/indicacao_nc2b0011_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4435/indicacao_nc2b0012_assinado.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4436/indicacao_nc2b0013_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4438/camscanner_17-04-2025_13.22.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4439/indicacao_n_026.2025..pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4440/indicacao_n_27.2025.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4441/camscanner_22-04-2025_11.42.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4442/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4443/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4444/indicacao_006_-_troca_de_pisos_emef_felipe_rocha_de_lima.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4449/indicacao_044_-_substituicao_das_lampadas_de_led_queimadas_na_avenida_sabino_bezerra_de_queiroz_novo_1.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4450/indicacao_045-_limpeza_e_manutencao_do_patio_da_escola_tenente_melo_localizada_no_distrito_de_sao_lourenco_novo.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4451/indicacao_046_-_buraco_na_rua_josias_antonio_da_silva_esquina_com_avenida_aracaju_no_bairro_jardim_das_oliveiras_novo.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4452/camscanner_25-04-2025_07.45.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4453/indicacao_007_-_patrolamento_e_cascalhamento_estrada_perobal.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4454/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4455/indicacao_008_-_poda_das_arvores_em_volta_escola_emef_profa_vilma_vieira..pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4456/indicacao_no_028.2025.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4457/indicacao_no_029.2025.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4458/camscanner_28-04-2025_07.44_1.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4459/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4460/ind_12_2025.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4461/camscanner_28-04-2025_12.50.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4463/camscanner_28-04-2025_12.52.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4466/indicacaes_021_micro_onibus.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4467/indicacao_009_-_solicitacao_de_duas_rampas_de_acesso_na_praca_do_bairro_5bec..pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4468/indicacao10.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4469/indicacao_047_-_buraco_na_avenida_campos_elisios_no_bairro_cidade_verde_i_novo.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4470/indicacao_048_-_servico_de_nivelamento_patrolamento_e_cascalhamento_na_rua_fernandes_felipe_no_bairro_alto_alegre.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4471/indicacao_049_-_buraco_na_rua_alvaro_jose_goncalves_no_bairro_bela_vista_novo_1.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4472/documento_3.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4476/indicacao_n_030.2025..pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4483/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4484/camscanner_06-05-2025_09.54.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4487/indicacao_-_022.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4488/indicacao_-_36.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4489/indicacao_37-_.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4493/indicacao_009.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4497/camscanner_09-05-2025_10.14.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4498/camscanner_09-05-2025_11.40.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4502/indicacao_011_-_solicitacao..pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4504/indicacao.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4505/indicacao_012_-_indicacao..pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4506/indicacao_no_031.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4507/indicacao_no_032.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4510/indicacao_013..pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4511/indicacao_050_-_institui_o_programa_merenda_nas_ferias_e_da_outras_providencias_novo_1.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4512/indicacao_051_-_instalacao_de_uma_lombada_na_rua_jandaia_no_bairro_parque_cidade_jardim_i_novo_1.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4513/indicacao_052_-_solicito_aquisicao_de_cadeiras_de_trabalho_na_ubs_leonardo_novo_1.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4514/indicacao_13_2.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4515/indicacao_11_2.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4516/indicacao_016-2025.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4517/indicacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4519/indicacao_n033.2025.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4520/indicacao_0012.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4521/camscanner_15-05-2025_09.41.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4522/indicacao_24_pdf.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4523/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4524/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4525/camscanner_16-05-2025_11.21.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4526/camscanner_16-05-2025_12.05_1.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4527/indicacao_1_-_retirada_entulho.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4528/indicacao_2_-_pavimentacao_1501.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4532/camscanner_19-05-2025_10.07.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4533/ind.38.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4534/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4535/040_-2025_-_revitalizacao_da_pista_do_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4537/indicacao_015_-_ecoponto.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4538/indicacao_no34.2025..pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4539/indicacao_no35.2025..pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4540/indicacao_no36.2025..pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4541/indicacao_no_003-_limpeza_setor_19.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4542/indicacao_053_-_lombada_na_avenida_rio_grande_do_norte_no_bairro_cidade_verde_iii_novo.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4543/indicacao_054_-_solicitacao_de_pinturas_de_faixa_de_pedestres_na_avenida_major_amarante_em_frente_a_vaccari_veiculos_novo.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4544/indicacao_055_-_buraco_na_rua_mato_grosso_em_frente_a_padaria_pao_brasil_ate_a_esquina_coim_a_rua_7605_novo.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4545/indicacao_014_-_indicacao..pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4546/indicacao__26-05-2025_12.34.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4547/camscanner_28-05-2025_07.37.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4549/indicacao_015_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4550/indicacao_057_-_lombada_e_pinturas_da_faixa_de_pedestre_na_capitao_castro_em_frente_a_escola_chitose_mochisuki_inaba_novo.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4551/indicacao_058_-_lombada__redutora_de_velocidade__capa_152_saida_do_bairro_maria_moura_novo.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4552/indicacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4553/indicacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4554/indicacao_020-2025.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4556/indicacao_14..pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4557/indicacao_016_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4558/indicacao_059_-_substituicao_das_lampadas_convencionais_por_lampadas_de_led_na_rua_103-11_no_barao_do_melgaco_iii__novo.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4559/camscanner_30-05-2025_10.46.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4560/camscanner_30-05-2025_11.54.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4561/indicacao_no_37.2025_assinada.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4562/indicacao_no038.2025_ass..pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4564/indicacao_n39.2025.ass.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4566/indicacao_017_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4567/indicacao_018_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4569/indicacao_017.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4570/indicacao_018.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4571/indicacao_no_004-_pavimentacao_asfaltica_rua_presidio_cone_sul.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4572/indicacao_no_005-_pavimentacao_asfaltica_jamari.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4574/indicacao_15..pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4575/indicacao_16..pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4578/camscanner_06-06-2025_11.23_1.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4580/indicacao_021-2025.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4581/indicacao_022-2015.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4582/indicacao_060_-_servico_de_nivelamento_patrolamento_e_cascalhamento_na_rua_h5_bairro_coabinha.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4583/indicacao_061_-_buraco_na_avenida_liliana_gonzaga_no_bairro_bela_vista_novo.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4584/indicacao_062_-_buraco_na_rua_joao_bernal_ate_a_esquina_com_avenida_brasil_bairro_jardim_eldorado_novo.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4585/indicacao_040.2025.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4586/indicacao_41.2025.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4588/indicacao_nc2ba_042.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4590/indicacao_482025.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4591/camscanner_09-06-2025_09.48.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4592/camscanner_09-06-2025_09.50.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4594/indicacao_03_-patrolamento_e_cascalhamento_da_rua_leo_rolim.docx.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4598/indicacao_linha_145.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4599/indicacao_014_assinado.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4600/indicacao_015_assinado.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4601/indicacao_016_assinado.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4604/indicacao_063_-_operacao_tapa-buraco_na_rua_saldanha_marinho_entre_a_av._major_amarante_ate_av._marechal_rondon_novo.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4605/indicacao_064-_servico_de_nivelamento_patrolamento_e_cascalhamento_na_rua_2703_no_bairro_cohab_novo.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4606/indicacao_065_-_realizacao_de_servico_de_limpeza_e_poda_de_arvores_na_praca_geraldao_novo.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4608/indicacao_-_041.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4609/indicacao_-_042-2025.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4613/indicacao_019_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4614/camscanner_17-06-2025_11.19.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4615/indicacao_021.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4616/indicacao_no_43.2025.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4617/indicacao_no_44.2025.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4618/indicacao_no_45.2025.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4622/017__indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4623/indicacao_068_-_tapa_buraco_na_rua_ricardo_franco.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4624/indicacao_069_-_tapa_buraco_na_esquina_da_rua_costa_e_silva.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4625/indicacao_070_-_implantacao_de_redutores_de_velocidade_quebra-molas_na_rua_jandaia_1.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4627/indicacao_017_-_redutor_de_velocidade_genival_nunes.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4628/camscanner_01-07-2025_11.10.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4629/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4630/indicacao_cascalheira_2.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4633/018__indicacao.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4634/camscanner_03-07-2025_08.44.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4635/indicacao_020_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4636/indicacao_026.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4637/indicacao_no_006-_patrolamento_ruas_vila_marcol.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4638/indicacao_no_007-_patrolamento_estrada_parque_aquatico_linha_2.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4639/indicacao_no_008-_aprunesp.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4641/indicacao_072_-_operacao_tapa_buraco_na_rua_leopoldo_peres_esquina_com_a_rua_costa_e_silva..pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4643/indicacao_021_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4644/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4645/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4646/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4659/oficio_n046.2025..pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4660/indicacao_047.2025..pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4661/indicacao_no048.2025..pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4662/camscanner_09-07-2025_10.26.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4663/indicacao_017_assinado.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4664/indicacao_018_assinado.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4665/indicacao_019_assinado.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4666/020_indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4669/019__indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4671/indicacao_074_-revitalizacao_da_pista_de_caminhada_na_avenida_tancredo_neves_entre_a_avenida_parana_e_a_avenida_jo_sato.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4672/indicacao_075_-operacao_tapa_buraco_rua_921_bairro_florenca.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4673/indicacao_076_-operacao_tapa_buraco_rua_831_bairro_alto_alegre.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4674/021__indicacao.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4675/camscanner_11-07-2025_07.53.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4676/indicacao_026-2025.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4677/indicacao_027-2025.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4679/indicacao_-_43_-_2025_-_limpeza_e_a_intensificacao_da_fiscalizacao_linha_135_1.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4680/indicacao_-_44_lampada_led_no_barao_do_melgaco.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4681/indicacao_045-2025.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4682/indicacao_-_46_-_2025_-_iluminacao_olivio_noet.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4683/indicacao_no_47.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4684/indicacao_020_-_samir_ali.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4685/indicacao_021_-_samir_ali.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4686/indicacao_019_-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4689/poder_legislativo_4.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4690/indicacao_022_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4692/camscanner_15-07-2025_12.48.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4693/022_indicacao.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4694/023indicacao.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4695/024indicacao.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4696/camscanner_17-07-2025_08.51.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4697/indicacao_077_-operacao_tapa_buraco_no_final_da_rua_azaleia_na_esquina_com_a_rua_aracaju.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4698/indicacao_078_-realizada_a_revitalizacao_dos_aparelhos_de_musculacao_bem_como_a_limpeza_da_praca_jardim_acacia_localizada_na_rua_53-f.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4699/indicacao_079_-operacao_tapa_buraco_no_final_da_avenida_antonio_quintino_gomes.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4700/025indicacao.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4701/025indicacao.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4703/camscanner_23-07-2025_11.53.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4704/48.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4705/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4706/camscanner_25-07-2025_10.05.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4707/indicacao_no_049.2025.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4709/camscanner_30-07-2025_09.17.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4710/indicacao_-_50-_patrolamento_e_encascalhamento-_linha_135_1.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4711/indicacao_-_51_-_limpeza_capitao_castro.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4712/indicacao_-_52_-_2025_-_iluminacao_olivio_noet_0001.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4713/camscanner_31-07-2025_11.11.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4715/indicacao_080_-operacao_tapa_buraco_na_rua_8225_n2168_bairro_alto_dos_parecis.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4716/indicacao_081-servico_de_limpeza_e_remocao_de_mato_na_area_verde_localizada_na_rua_campo_belo_no_bairro_cidade_verde_i..pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4717/indicacao_082-a_revitalizacao_do_quebra-mola_localizado_na_avenida_sabino_bezerra_de_queiroz_em_frente_ao_shopping..pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4718/indicacao_028-2025.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4719/indicacao_029-2025.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4720/indicacao_030-2025.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4721/camscanner_01-08-2025_11.13_2.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4724/indicacao_031-2025.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4725/indicacao_032-2025.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4726/indicacao_033-2025.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4727/camscanner_04-08-2025_11.38.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4728/indicacao_025.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4729/indicacao_026.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4730/indicacao_025_-_pequeno_dragao.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4731/indicacao_-_53_-_2025_-_patrolamento_e_encascalhameno_rua_355_e_314.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4734/poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4735/indicacao_083-_a_realizacao_da_limpeza_do_lixo_acumulado_na_rua_5001_esquina_com_a_rua_5002_situada_entre_os_bairros_orleans_e_novo_horizonte..pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4736/indicacao_084-_a_instalacao_de_um_torneira_na_quadra_de_basquete_da_praca_genival_nunes_situada_no_bairro_jardim_eldorado.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4737/indicacao_085-a_revitalizacao_do_quebra-mola_e_pintura_da_faixa_de_pedestre_localizados_na_avenida_melvin_jones__em_frente_a_capela_cristo_rei..pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4738/camscanner_08-08-2025_12.04.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4740/indicacao_no_051.2025.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4742/indicacao_no_052.2025.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4743/indicacao_no_053.2025.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4744/027indicacao.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4745/028_indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4746/indicacao_034-2025.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4747/indicacao_035-2025.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4748/indicacao_036-2025.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4750/indicacao_086-_operacao_tapa-buraco_na_rua_709_no_cruzamento_com_a_avenida_sabino_bezerra_de_queiroz..pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4751/indicacao_087-_reinstalacao_dos_redutores_de_velocidade_anteriormente_existentes_na_avenida_jamari..pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4752/indicacao_088-_operacao_tapa-buraco_na_avenida_guapore_em_ambos_os_sentidos_da_via..pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4754/indicacao_n_67.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4756/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4757/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4759/indicacao_023_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4762/indicacao_n_68_2025.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4763/indicacao_n_69_2025.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4764/indicacao_no_054.2025..pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4765/indicacao_nc2ba_055.2025...._assinado.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4769/camscanner_18-08-2025_12.02.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4771/indicacao_037-2025.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4772/indicacao_038-2025.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4773/indicacao_039-2025.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4774/indicacao_024_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4775/indicacao_089-_a_implantacao_de_um_redutor_de_velocidade__na_avenida_jo_sato_no_fim_da_dupla..pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4776/indicacao_090_-_operacao_tapa-buraco_no_final_da_avenida_parana_no_cruzamento_com_a_rua_2703..pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4777/indicacao_091-_remocao_do_bueiro_da_rua_314_no_cruzamento_com_a_rua_351..pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4778/camscanner_22-08-2025_08.00.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4779/indicacao_no_056.2025.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4780/indicacao_no_057.2025.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4781/indicacao_no_058.2025.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4782/029_indicacao.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4787/059.2005_assinado.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4788/060.2005_assinado.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4789/061.2005_assinado.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4790/indicacao_29-2025.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4791/indicacao_30-2025.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4792/indicacao_040-2025.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4793/indicacao_041-2025.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4794/indicacao_042-2025.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4795/indicacao_031.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4796/indicacao_092-_pavimentacao_da_rua_601..pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4797/indicacao_093-_a_realizacao_de_limpeza_na_travessia_de_chao_localizada_entre_os_bairros_moyses_de_freitas_e_maria_moura.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4798/indicacao_094-_operacao_tapa-buraco_naavenida_710_esquina_com_a_rua_701_bairro_marcos_freire.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4799/camscanner_01-09-2025_07.34.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4804/indicacao_04-_redutor_velocidade-rua_jamari__no_1159.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4806/indicacao_05-sinalizacao_de_quebra-molas_antigos.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4807/indicacao_n062.2025.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4808/indicacao_n063.2025.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4809/indicacao_n064.2025.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4810/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4811/indicacao_032.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4814/indicacao_043-2025.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4815/indicacao_044-2025.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4816/indicacao_045-2025.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4818/031_indicacao.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4819/indicacao_095-_operacao_tapa-buraco_na_avenida_joao_arrigo_esquina_com_a_rua_61.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4820/indicacao_096-_a_revitalizacao_das_faixas_de_pedestre_nos_arredores_da_upa.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4821/indicacao_097-_revitalizacao_das_faixas_de_pedestre_bem_como_a_pintura_do_redutor_de_velocidade_quebra-mola_na_rua_rio_grande_do_norte..pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4822/indicacao_-_54_-_2025_-_camera_de_monitoramento_0001.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4823/indicacao_-_55_-_2025_-_patrolamento_e_encascalhamento-_av._1o_de_maio_x_rua_jacomina_m_paludo_-_pracas_de_vilhena_0001.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4826/indicacao_56.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4828/065.2005.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4829/066.2005_1.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4831/067.2005_1.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4833/indicacao_029_cascalhamento_e_patrolamento_aposto_paulo.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4834/indicacao_098-_operacao_tapa-_buraco_na_rua_zacarias_rocha_de_azevedo_esquina_com_a_rua_vinte_e_um_no_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4835/indicacao_099-alteracao_do_artigo_213_da_lei_complementar_no_007_de_24_de_outubro_de_1996.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4836/indicacao_100-a_construcao_de_uma_escola_de_ensino_infantil_no_setor_12..pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4837/camscanner_10-09-2025_12.15.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4840/indicacao_046-2025.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4841/indicacao_047-2025.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4842/indicacao_048-2025.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4843/indicacao__020.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4844/indicacao_021_assinado.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4847/indicacao_n.57.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4848/58_-_2025_-_esquadrilha_da_fumaca.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4849/59-_2025_-_pintura_dos_semaforos_1.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4850/60-_pavimentacao_asfaltica_trecho_que_liga_a_1omaio.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4851/indicacao_049-2025.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4852/indicacao_050-2025.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4854/poder_legislativo_6.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4855/poder_legislativo_7_1_1.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4856/indicacao_052-2025.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4859/indicacao_n_75_2025.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4861/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4862/indicacao_101-_operacao_tapa-operacao_tapa-_buraco_na_rua_116-08_esquina_com_a_rua_116-07..pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4863/indicacao_102-instalacao_de_um_ponto_de_onibus_na_avenida_rio_grande_do_norte_lateral_ao_condominio_campos_elisios_no_bairro_cidade_verde_iii.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4864/indicacao_103-__a_pintura_da_faixas_de_pedestre_na_rua_632..pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4865/camscanner_19-09-2025_11.43.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4866/indicacao_n068.2025.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4867/indicacao_n069.2025_3.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4868/indicacao_n070.2025_1.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4869/indicacao.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4870/indicacao_030-_cascalhamento_embratelzinho.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4871/indicacao_no_034_-_2025__asfalto__na_escola_castelo_1.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4874/indicacao_053-2025.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4875/indicacao_054-2025.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4876/indicacao_055-2025.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4877/indicacao_colocacao_de_placas_de_indentificacao_das_ruas_1.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4879/camscanner_24-09-2025_12.26.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4880/031_indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4881/032_indicacao.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4882/indicacao_104-_a_pavimentacao_da_estrada_d_no_bairro_embratel_proximo_a_granja_brasil..pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4884/indicacao_106-__a_pintura_da_faixa_de_pedestre_na_rua_603_atras_da_escola_municipal_de_ensino_fundamental_professora_ivete_brustolin..pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4885/indicacao_05_1.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4886/033indicacao_merged.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4887/034escola_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4889/poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4893/indicacao_05_-_doacao_de_moveis_assinada.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4895/035indicacao.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4900/indicacao_n071.2025.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4901/indicacao_n072.2025_2.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4902/indicacao_n073.2025_2.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4903/036_indicacao.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4905/camscanner_03-10-2025_10.04.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4906/indicacao_107-__a_construcao_de_um_ponto_base_de_apoio_aos_motoboys_de_delivery..pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4907/indicacao_108-_que_seja_realizada_a_recuperacao_do_piso_em_paralelepipedo_da_entrada_do_pronto_socorro_de_vilhena.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4908/indicacao_109-__operacao_tapa-buraco_na_avenida_barao_do_rio_branco_numero_2370..pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4909/indicacao_056-2025.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4910/indicacao_057-2025.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4911/indicacao_058-2025.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4914/camscanner_03-10-2025_12.24.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4918/oficio_de_indicacoes_recupercao_das_linhas_60_e_70.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4920/037indicacao.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4921/camscanner_07-10-2025_11.47.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4923/indicacao_07_implanon_1.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4924/indicacao_08_-_teste_de_glicemia_assinado.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4926/indicacao_032_-_cascalhamento_e_patrolamento_rua_jorge_teixeira_embratel.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4927/indicacao_033-_cascalhamento_e_patrolamento_avenida_rio_grande_do_sul_novo_templo.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4929/indicacao_025_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4930/indicacao_026_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4931/indicacao_059-2025.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4932/indicacao_060-2025.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4933/indicacao_061-2025.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4934/1000941909.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4935/indicacao_027_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4936/indicacao_n074.2025.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4937/indicacao_n075.2025.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4939/000.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4940/indicacao_110-_operacao_tapa-buraco_na_avenida_sabino_bezerra_de_queiroz._1.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4941/indicacao_111-_a_pavimentacao_da_avenida_das_violetas_no_1704_bairro_jardim_primavera..pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4942/indicacao_112-_a_pavimentacao_da_avenida_lirio_do_vale_no_2403_bairro_jardim_primavera..pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4946/indicacao_tampa_do_bueiro_moises_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4949/indicacao_034_-_cascalhamento_e_patrolamento_limha_3.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4950/indicacao_062-2025.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4951/indicacao_063-2025.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4952/indicacao_064-2025.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4956/1000951085.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4957/indicacao_035_-_iluminacao_da_rua_23_no_bairro_jardim_social.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4958/038_indicacao.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4959/indicacao_10_assinada.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4961/indicacao_11_sinalizacao_bairro_solar.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4963/indicacao_n077.2025.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4964/indicacao_n078.2025.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4965/indicacao_n079.2025.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4966/indicacao_113-_operacao_tapa-buraco_na_avenida_edivaldo_luciano_da_silva_bairro_jardim_america._1.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4967/indicacao_114_-_servico_de_nivelamento_patrolamento_e_cascalhamento_na_rua_goias_bairro_parque_industrial_novo_tempo__1.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4968/indicacao_115_-_servico_de_nivelamento_patrolamento_e_cascalhamento_na_rua_tocantins_bairro_parque_industrial_novo_tempo__1.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4974/indicacao_n080.2025..pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4975/indicacao_036_operacao_tapa-buraco.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4976/039_indicacao.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4978/040indicacao.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4979/indicacao_065-2025.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4980/indicacao_066-2025.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4981/indicacao_067-2025.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4982/indicacao_n_852025.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4983/indicacao_n_862025.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4984/indicacao_n_872025.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4985/indicacao_116_-_estudo_tecnico_para_implementacao_de_um_redutor_de_velocidade_quebra-mola_rua_h_bairro_bnh_.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4986/indicacao_117_-_servico_de_nivelamento_patrolamento_e_cascalhamento_na_rua_acre_bairro_parque_industrial_novo_tempo_.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4987/indicacao_118_-_a_inclusao_da_avenida_campos_elisio_no_cronograma_de_limpeza_e_poda_urbana_.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4988/camscanner_24-10-2025_10.58.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4989/indicacao_082.2025.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4990/041indicacao.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4991/042_indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4994/poder_legislativo_1.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/4999/indicacao_068-2025.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5000/indicacao_069-2025.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5001/indicacao_070-2025.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5002/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5003/indicacao_62.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5004/63_-_asfaltamento_-_em_frente_ao_cer.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5005/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5006/camscanner_31-10-2025_11.19.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5007/camscanner_31-10-2025_11.42.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5008/indicacao_119-_operacao_tapa-buraco_na_rua_cerro_azul_bairro_cidade_verde._1.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5009/indicacao_120_-_servico_de_limpeza_e_rocagem_do_museu_casa_de_rondon_.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5010/indicacao_121_-_limpeza_e_revitalizacao_da_praca_e_da_quadra_de_volei_de_areia_na_praca_do_barao_do_melgaco_iii_.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5014/indicacao_083.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5015/indicacao_084.2025_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5017/indicacao_071-2025.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5018/indicacao_072-2025.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5019/indicacao_073-2025.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5020/camscanner_05-11-2025_07.14.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5021/indicacao_037_-_operacao_tapa-buraco_av_15_de_novembro_1.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5022/indicacao_38_-_limpeza_rua_nelso_tremea_centro.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5023/indicacao_028_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5028/043_indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5030/indicacao_no_14_escolas.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5033/indicacao_45._1.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5034/044indicacao.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5035/indicacao_46._1.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5038/64-_noite_da_seresta_e_festivais_municipais_.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5039/65-_sinalizacao_horizontal_-_jamari.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5040/66-_pavimentacao_-_em_frente_ao_caps.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5041/indicacao_no_15_luz_natalina_nova_conquista.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5042/indicacao_122_-_revitalizacao_da_praca_nossa_senhora_aparecida_1_2_1.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5043/indicacao_123-_recuperacao_de_pavimentacao_no_entroncamento_da_av._presidente_nasser_com_av._mato_grosso._1.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5044/indicacao_124_-_servico_de_manutencao_rotineira_de_vias_nao_pavimentadas_nas_arterias_do_setor_19_avenida_aracaju_e_na_avenida_1713__1.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5050/indicacao_n086.2025.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5051/indicacao_n087.2025.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5055/indicacao_no_009-_rio_canelinha.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5056/indicacao_074-2025.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5057/indicacao_075-2025.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5058/indicacao_076-2025.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5061/indicacao_040_-_pode_de_arvore_jardim_america.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5066/indicacao_125-_operacao_tapa-buraco_na_avenida_luciano_da_silva.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5067/indicacao_126-__a_pintura_da_faixa_de_pedestre_na_rua_h.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5069/indicacao_n088.2025_1.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5070/indicacoes_no_127_-_oficio_no_455.2025.gabpres___-_anteprojeto_caixa_d_agua_para_todos.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5071/indicacao.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5072/indicacao_n_922025.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5073/indicacao_n932025.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5074/indicacao_n_942025.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5075/indicacao_07_-_tapa-buracos_na_rua_em_frente_a_policia_federal_rua_7_de_setembro_avenida_15_de_novembro__avenida__beira_rio_e_leopoldo_peres.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5077/indicacao_16_-_rua_mario_elias_.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5078/indicacao_17_-_banheiros_quimicos.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5082/048__indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5083/049_indicacao.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5084/indicacao_041_-_iluminacao_da_rua_acre_no_bairro_novo_templo.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5085/indicacao_042_-_iluminacao_da_avenida_porto_alegre_no_bairro_setor_19.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5086/050__indicacao.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5088/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5089/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5090/poder_legislativo_2.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5091/indicacao_n_962025.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5092/indicacao__n_972025.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5093/indicacao_n089.2025.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5094/indicacao_n090.2025.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5095/indicacao_n091.2025.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5096/indicacao_077-2025.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5097/indicacao_078-2025.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5098/indicacao_079-2025.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5100/indicacao.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5103/indicacao_18_-_praca_orleans.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5104/indicacao_19_-_faixa_ginasio.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5106/indicacao_no_010.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5107/indicacao_no_011.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5108/indicacao_no_012.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5109/indicacao_no_013.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5110/68_parquinho_na_praca.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5111/indicacao_067-_bueiro.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5112/indicacao_080-2025.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5113/indicacao_081-2025.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5114/indicacao_082-2025.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5115/051_indicacao.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5116/69_tapa_buracos-_sabino_bezerra.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5118/indicacao_n093.2025.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5119/indicacao_n094.2025.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5121/indicacao_129-_recuperacao_de_pavimentacao_na_rotatoria_da_av._campos_elisio_com_rua_cidade_verde..pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5122/indicacao_130-_recuperacao_de_pavimentacao_na_av._umuarama_no_bairro_jardim_primavera_..pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5123/indicacao_131-__substituicao_das_iluminarias_convencionais_obsoleta_por_iluminacao_em_tecnologia_led_do_bairro_barao_do_melgaco_iii.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5124/indicacao_20_-_parque_infantil_nova_conquista_atualizado.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5125/052_indicacao.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5133/053_indicacao.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5134/054_indicacao.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5135/055_indicacao.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5136/indicacao_21_-_ambulancia_samu.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5139/indicacao_083-2025.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5140/indicacao_084-2025.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5144/indicacao_022_-_amanda_areval_assinado.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5145/indicacao_023_-_amanda_areval_assinado.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5146/indicacao_024_-_amanda_areval_assinado.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5148/indicacao_no_040_-_transporte_saude_assinada.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5149/indicacao_132-_recuperacao_de_pavimentacao_na_av._barao_do_rio_branco_no_bairro_centro_._1.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5150/indicacao_133-_recuperacao_de_pavimentacao_tapa-buraco_na_av._celso_mazutti_com_rua_seiscentos_e_cinquenta_e_nove._1.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5151/indicacao_134-_recuperacao_de_pavimentacao_na_rua_marechal_deodoro_da_fonseca_esquina_com_av._capitao_castro_no_bairro_centro_._1.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5152/indicacao_n095.2025.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5153/indicacao_n095.2025_1.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5156/indicacao_n096.2025.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5157/indicacao_n097.2025_1.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5161/indicacao_23_-_praca_cidade_nova_-_parque_infantil.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5172/indicacao_n_982025.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5173/indicacao_n_992025.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5174/indicacao_n_1002025.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5175/indicacao_135-_secretaria_municipal_de_planejamento_aquisicao_e_instalacao_de_bebedouro_publico_na_praca_nossa_senhora_aparecida__1.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5176/indicacao_136-_secretaria_municipal_de_planejamento_aquisicao_e_instalacao_de_bebedouro_publico_na_praca_angelo_spadari__1.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5177/indicacao_137-_secretaria_municipal_de_planejamento_aquisicao_e_instalacao_de_bebedouro_publico_na_praca_genival_nunes__1.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5178/indicacao_n1012025.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5179/indicacao_n_1022025.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5180/indicacao_103_assinado.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5181/indicacao_086-2025.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5182/indicacao_087-2025.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5183/indicacao_088-2025.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5190/indicacao_025_-_amanda_areval_assinado.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5191/indicacao_026_-_amanda_areval_assinado.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5196/indicacao_138-_recuperacao_de_pavimentacao_na_rua_8225_no2320_alto_dos_parecis_._1.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5197/indicacao_139_-_servico_de_nivelamento_patrolamento_e_cascalhamento_na_rua_8225_onde_finaliza_o_asfalto_no_bairro_barao_do_melgaco_ii.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5198/indicacao_140-_recapeamento_asfaltico_da_avenida_liberdade_no_bairro_centro_..pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5200/camscanner_17-12-2025_12.16.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5201/indicacao__n_1052025.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5202/indicacao_089-2025.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5203/indicacao_090-2025.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5204/indicacao_091-2025.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5208/indicacao_071-_implantacao_de_pa-_posto_de_atendimento.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5210/indicacao-_73_-_br_364_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5216/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5217/indicacao_107.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5218/indicacao_108.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5221/indicacao_092-2025.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5222/indicacao_093-2025.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilhena.ro.leg.br/media/sapl/public/materialegislativa/2025/5223/indicacao_094-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H1020"/>
+  <dimension ref="A1:H1042"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="78.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="213.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -19298,19972 +19579,20544 @@
       </c>
       <c r="E252" t="s">
         <v>85</v>
       </c>
       <c r="F252" t="s">
         <v>186</v>
       </c>
       <c r="G252" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="H252" t="s">
         <v>1028</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>1029</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
         <v>1030</v>
       </c>
       <c r="D253" t="s">
+        <v>84</v>
+      </c>
+      <c r="E253" t="s">
+        <v>85</v>
+      </c>
+      <c r="F253" t="s">
+        <v>13</v>
+      </c>
+      <c r="G253" s="1" t="s">
         <v>1031</v>
       </c>
-      <c r="E253" t="s">
+      <c r="H253" t="s">
         <v>1032</v>
-      </c>
-[...7 lines deleted...]
-        <v>1035</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D254" t="s">
+        <v>84</v>
+      </c>
+      <c r="E254" t="s">
+        <v>85</v>
+      </c>
+      <c r="F254" t="s">
+        <v>13</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H254" t="s">
         <v>1036</v>
-      </c>
-[...19 lines deleted...]
-        <v>1039</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D255" t="s">
+        <v>84</v>
+      </c>
+      <c r="E255" t="s">
+        <v>85</v>
+      </c>
+      <c r="F255" t="s">
+        <v>13</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H255" t="s">
         <v>1040</v>
-      </c>
-[...19 lines deleted...]
-        <v>1043</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D256" t="s">
+        <v>84</v>
+      </c>
+      <c r="E256" t="s">
+        <v>85</v>
+      </c>
+      <c r="F256" t="s">
+        <v>13</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H256" t="s">
         <v>1044</v>
-      </c>
-[...19 lines deleted...]
-        <v>1048</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>1049</v>
+        <v>1045</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>1050</v>
+        <v>1046</v>
       </c>
       <c r="D257" t="s">
-        <v>1031</v>
+        <v>84</v>
       </c>
       <c r="E257" t="s">
-        <v>1032</v>
+        <v>85</v>
       </c>
       <c r="F257" t="s">
-        <v>640</v>
+        <v>13</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>1051</v>
+        <v>1047</v>
       </c>
       <c r="H257" t="s">
-        <v>1052</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>1053</v>
+        <v>1049</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>1054</v>
+        <v>1050</v>
       </c>
       <c r="D258" t="s">
-        <v>1031</v>
+        <v>84</v>
       </c>
       <c r="E258" t="s">
-        <v>1032</v>
+        <v>85</v>
       </c>
       <c r="F258" t="s">
-        <v>186</v>
+        <v>13</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="H258" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>1057</v>
+        <v>1053</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>1058</v>
+        <v>1054</v>
       </c>
       <c r="D259" t="s">
-        <v>1031</v>
+        <v>84</v>
       </c>
       <c r="E259" t="s">
-        <v>1032</v>
+        <v>85</v>
       </c>
       <c r="F259" t="s">
-        <v>664</v>
+        <v>13</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>1059</v>
+        <v>1055</v>
       </c>
       <c r="H259" t="s">
-        <v>1060</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D260" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E260" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F260" t="s">
         <v>1061</v>
       </c>
-      <c r="B260" t="s">
-[...2 lines deleted...]
-      <c r="C260" t="s">
+      <c r="G260" s="1" t="s">
         <v>1062</v>
       </c>
-      <c r="D260" t="s">
+      <c r="H260" t="s">
         <v>1063</v>
-      </c>
-[...10 lines deleted...]
-        <v>1066</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D261" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E261" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F261" t="s">
+        <v>169</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>1066</v>
+      </c>
+      <c r="H261" t="s">
         <v>1067</v>
-      </c>
-[...19 lines deleted...]
-        <v>1070</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D262" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E262" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F262" t="s">
+        <v>690</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H262" t="s">
         <v>1071</v>
-      </c>
-[...19 lines deleted...]
-        <v>1074</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D263" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E263" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F263" t="s">
+        <v>1074</v>
+      </c>
+      <c r="G263" s="1" t="s">
         <v>1075</v>
       </c>
-      <c r="B263" t="s">
-[...2 lines deleted...]
-      <c r="C263" t="s">
+      <c r="H263" t="s">
         <v>1076</v>
-      </c>
-[...13 lines deleted...]
-        <v>1078</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D264" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E264" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F264" t="s">
+        <v>640</v>
+      </c>
+      <c r="G264" s="1" t="s">
         <v>1079</v>
       </c>
-      <c r="B264" t="s">
-[...2 lines deleted...]
-      <c r="C264" t="s">
+      <c r="H264" t="s">
         <v>1080</v>
-      </c>
-[...13 lines deleted...]
-        <v>1082</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D265" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E265" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F265" t="s">
+        <v>186</v>
+      </c>
+      <c r="G265" s="1" t="s">
         <v>1083</v>
       </c>
-      <c r="B265" t="s">
-[...2 lines deleted...]
-      <c r="C265" t="s">
+      <c r="H265" t="s">
         <v>1084</v>
-      </c>
-[...13 lines deleted...]
-        <v>1088</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1089</v>
+        <v>1085</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>1090</v>
+        <v>1086</v>
       </c>
       <c r="D266" t="s">
-        <v>1085</v>
+        <v>1059</v>
       </c>
       <c r="E266" t="s">
-        <v>1086</v>
+        <v>1060</v>
       </c>
       <c r="F266" t="s">
-        <v>94</v>
+        <v>664</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1091</v>
+        <v>1087</v>
       </c>
       <c r="H266" t="s">
-        <v>1092</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D267" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E267" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F267" t="s">
+        <v>440</v>
+      </c>
+      <c r="G267" s="1" t="s">
         <v>1093</v>
       </c>
-      <c r="B267" t="s">
-[...2 lines deleted...]
-      <c r="C267" t="s">
+      <c r="H267" t="s">
         <v>1094</v>
-      </c>
-[...13 lines deleted...]
-        <v>1096</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D268" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E268" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F268" t="s">
+        <v>440</v>
+      </c>
+      <c r="G268" s="1" t="s">
         <v>1097</v>
       </c>
-      <c r="B268" t="s">
-[...2 lines deleted...]
-      <c r="C268" t="s">
+      <c r="H268" t="s">
         <v>1098</v>
-      </c>
-[...13 lines deleted...]
-        <v>1100</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D269" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E269" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F269" t="s">
+        <v>440</v>
+      </c>
+      <c r="G269" s="1" t="s">
         <v>1101</v>
       </c>
-      <c r="B269" t="s">
-[...2 lines deleted...]
-      <c r="C269" t="s">
+      <c r="H269" t="s">
         <v>1102</v>
-      </c>
-[...13 lines deleted...]
-        <v>1104</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D270" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E270" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F270" t="s">
+        <v>440</v>
+      </c>
+      <c r="G270" s="1" t="s">
         <v>1105</v>
       </c>
-      <c r="B270" t="s">
-[...2 lines deleted...]
-      <c r="C270" t="s">
+      <c r="H270" t="s">
         <v>1106</v>
-      </c>
-[...10 lines deleted...]
-        <v>1108</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D271" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E271" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F271" t="s">
+        <v>440</v>
+      </c>
+      <c r="G271" s="1" t="s">
         <v>1109</v>
       </c>
-      <c r="B271" t="s">
-[...2 lines deleted...]
-      <c r="C271" t="s">
+      <c r="H271" t="s">
         <v>1110</v>
-      </c>
-[...13 lines deleted...]
-        <v>1113</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D272" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E272" t="s">
         <v>1114</v>
       </c>
-      <c r="B272" t="s">
-[...2 lines deleted...]
-      <c r="C272" t="s">
+      <c r="F272" t="s">
+        <v>407</v>
+      </c>
+      <c r="G272" s="1" t="s">
         <v>1115</v>
       </c>
-      <c r="D272" t="s">
-[...8 lines deleted...]
-      <c r="G272" s="1" t="s">
+      <c r="H272" t="s">
         <v>1116</v>
-      </c>
-[...1 lines deleted...]
-        <v>1117</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
         <v>1118</v>
       </c>
-      <c r="B273" t="s">
-[...2 lines deleted...]
-      <c r="C273" t="s">
+      <c r="D273" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E273" t="s">
+        <v>1114</v>
+      </c>
+      <c r="F273" t="s">
+        <v>94</v>
+      </c>
+      <c r="G273" s="1" t="s">
         <v>1119</v>
       </c>
-      <c r="D273" t="s">
-[...8 lines deleted...]
-      <c r="G273" s="1" t="s">
+      <c r="H273" t="s">
         <v>1120</v>
-      </c>
-[...1 lines deleted...]
-        <v>1121</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="C274" t="s">
         <v>1122</v>
       </c>
-      <c r="B274" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D274" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E274" t="s">
+        <v>1114</v>
+      </c>
+      <c r="F274" t="s">
+        <v>160</v>
+      </c>
+      <c r="G274" s="1" t="s">
         <v>1123</v>
       </c>
-      <c r="E274" t="s">
+      <c r="H274" t="s">
         <v>1124</v>
-      </c>
-[...7 lines deleted...]
-        <v>1126</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D275" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E275" t="s">
+        <v>1114</v>
+      </c>
+      <c r="F275" t="s">
+        <v>1074</v>
+      </c>
+      <c r="G275" s="1" t="s">
         <v>1127</v>
       </c>
-      <c r="B275" t="s">
-[...14 lines deleted...]
-      <c r="G275" s="1" t="s">
+      <c r="H275" t="s">
         <v>1128</v>
-      </c>
-[...1 lines deleted...]
-        <v>1129</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
         <v>1130</v>
       </c>
-      <c r="B276" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D276" t="s">
-        <v>1123</v>
+        <v>1113</v>
       </c>
       <c r="E276" t="s">
-        <v>1124</v>
+        <v>1114</v>
       </c>
       <c r="F276" t="s">
-        <v>169</v>
+        <v>1074</v>
       </c>
       <c r="G276" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="H276" t="s">
         <v>1132</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>1133</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>1098</v>
+        <v>1134</v>
       </c>
       <c r="D277" t="s">
-        <v>1123</v>
+        <v>1113</v>
       </c>
       <c r="E277" t="s">
-        <v>1124</v>
-[...2 lines deleted...]
-        <v>1134</v>
+        <v>1114</v>
       </c>
       <c r="G277" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="H277" t="s">
         <v>1136</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>1137</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>1102</v>
+        <v>1138</v>
       </c>
       <c r="D278" t="s">
-        <v>1123</v>
+        <v>1113</v>
       </c>
       <c r="E278" t="s">
-        <v>1124</v>
+        <v>1114</v>
       </c>
       <c r="F278" t="s">
-        <v>94</v>
+        <v>1139</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="H278" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>1106</v>
+        <v>1143</v>
       </c>
       <c r="D279" t="s">
-        <v>1123</v>
+        <v>1113</v>
       </c>
       <c r="E279" t="s">
-        <v>1124</v>
+        <v>1114</v>
       </c>
       <c r="F279" t="s">
-        <v>123</v>
+        <v>1139</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="H279" t="s">
-        <v>1142</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1143</v>
+        <v>1146</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>1110</v>
+        <v>1147</v>
       </c>
       <c r="D280" t="s">
-        <v>1123</v>
+        <v>1113</v>
       </c>
       <c r="E280" t="s">
-        <v>1124</v>
+        <v>1114</v>
       </c>
       <c r="F280" t="s">
-        <v>1144</v>
+        <v>407</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
       <c r="H280" t="s">
-        <v>1146</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="D281" t="s">
-        <v>1123</v>
+        <v>1151</v>
       </c>
       <c r="E281" t="s">
-        <v>1124</v>
+        <v>1152</v>
       </c>
       <c r="F281" t="s">
-        <v>94</v>
+        <v>407</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="H281" t="s">
-        <v>1149</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1150</v>
+        <v>1155</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>1119</v>
+        <v>1118</v>
       </c>
       <c r="D282" t="s">
-        <v>1123</v>
+        <v>1151</v>
       </c>
       <c r="E282" t="s">
-        <v>1124</v>
+        <v>1152</v>
       </c>
       <c r="F282" t="s">
-        <v>1151</v>
+        <v>169</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="H282" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>1155</v>
+        <v>1122</v>
       </c>
       <c r="D283" t="s">
-        <v>1123</v>
+        <v>1151</v>
       </c>
       <c r="E283" t="s">
-        <v>1124</v>
+        <v>1152</v>
       </c>
       <c r="F283" t="s">
-        <v>673</v>
+        <v>169</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="H283" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>1159</v>
+        <v>1126</v>
       </c>
       <c r="D284" t="s">
-        <v>1123</v>
+        <v>1151</v>
       </c>
       <c r="E284" t="s">
-        <v>1124</v>
+        <v>1152</v>
       </c>
       <c r="F284" t="s">
-        <v>673</v>
+        <v>1162</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
       <c r="H284" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>1163</v>
+        <v>1130</v>
       </c>
       <c r="D285" t="s">
-        <v>1123</v>
+        <v>1151</v>
       </c>
       <c r="E285" t="s">
-        <v>1124</v>
+        <v>1152</v>
       </c>
       <c r="F285" t="s">
-        <v>160</v>
+        <v>94</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="H285" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>1167</v>
+        <v>1134</v>
       </c>
       <c r="D286" t="s">
-        <v>1123</v>
+        <v>1151</v>
       </c>
       <c r="E286" t="s">
-        <v>1124</v>
+        <v>1152</v>
       </c>
       <c r="F286" t="s">
-        <v>664</v>
+        <v>123</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="H286" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>1171</v>
+        <v>1138</v>
       </c>
       <c r="D287" t="s">
-        <v>1123</v>
+        <v>1151</v>
       </c>
       <c r="E287" t="s">
-        <v>1124</v>
+        <v>1152</v>
       </c>
       <c r="F287" t="s">
-        <v>123</v>
+        <v>1172</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="H287" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>1175</v>
+        <v>1143</v>
       </c>
       <c r="D288" t="s">
-        <v>1123</v>
+        <v>1151</v>
       </c>
       <c r="E288" t="s">
-        <v>1124</v>
+        <v>1152</v>
       </c>
       <c r="F288" t="s">
-        <v>160</v>
+        <v>94</v>
       </c>
       <c r="G288" s="1" t="s">
         <v>1176</v>
       </c>
       <c r="H288" t="s">
         <v>1177</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>1178</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D289" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E289" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F289" t="s">
         <v>1179</v>
-      </c>
-[...7 lines deleted...]
-        <v>690</v>
       </c>
       <c r="G289" s="1" t="s">
         <v>1180</v>
       </c>
       <c r="H289" t="s">
         <v>1181</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>1182</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>1084</v>
+        <v>1183</v>
       </c>
       <c r="D290" t="s">
-        <v>1183</v>
+        <v>1151</v>
       </c>
       <c r="E290" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F290" t="s">
+        <v>673</v>
+      </c>
+      <c r="G290" s="1" t="s">
         <v>1184</v>
       </c>
-      <c r="F290" t="s">
-[...2 lines deleted...]
-      <c r="G290" s="1" t="s">
+      <c r="H290" t="s">
         <v>1185</v>
-      </c>
-[...1 lines deleted...]
-        <v>1186</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
         <v>1187</v>
       </c>
-      <c r="B291" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D291" t="s">
-        <v>1183</v>
+        <v>1151</v>
       </c>
       <c r="E291" t="s">
-        <v>1184</v>
+        <v>1152</v>
       </c>
       <c r="F291" t="s">
-        <v>123</v>
+        <v>673</v>
       </c>
       <c r="G291" s="1" t="s">
         <v>1188</v>
       </c>
       <c r="H291" t="s">
         <v>1189</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>1190</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>1094</v>
+        <v>1191</v>
       </c>
       <c r="D292" t="s">
-        <v>1183</v>
+        <v>1151</v>
       </c>
       <c r="E292" t="s">
-        <v>1184</v>
+        <v>1152</v>
       </c>
       <c r="F292" t="s">
-        <v>123</v>
+        <v>160</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="H292" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1098</v>
+        <v>1195</v>
       </c>
       <c r="D293" t="s">
-        <v>1183</v>
+        <v>1151</v>
       </c>
       <c r="E293" t="s">
-        <v>1184</v>
+        <v>1152</v>
       </c>
       <c r="F293" t="s">
-        <v>186</v>
+        <v>664</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="H293" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>1102</v>
+        <v>1199</v>
       </c>
       <c r="D294" t="s">
-        <v>1183</v>
+        <v>1151</v>
       </c>
       <c r="E294" t="s">
-        <v>1184</v>
+        <v>1152</v>
       </c>
       <c r="F294" t="s">
-        <v>186</v>
+        <v>123</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="H294" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1106</v>
+        <v>1203</v>
       </c>
       <c r="D295" t="s">
-        <v>1183</v>
+        <v>1151</v>
       </c>
       <c r="E295" t="s">
-        <v>1184</v>
+        <v>1152</v>
       </c>
       <c r="F295" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="H295" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1110</v>
+        <v>1207</v>
       </c>
       <c r="D296" t="s">
-        <v>1183</v>
+        <v>1151</v>
       </c>
       <c r="E296" t="s">
-        <v>1184</v>
+        <v>1152</v>
       </c>
       <c r="F296" t="s">
-        <v>371</v>
+        <v>690</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1203</v>
+        <v>1208</v>
       </c>
       <c r="H296" t="s">
-        <v>1204</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1205</v>
+        <v>1210</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="D297" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E297" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F297" t="s">
         <v>123</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1206</v>
+        <v>1213</v>
       </c>
       <c r="H297" t="s">
-        <v>1207</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1208</v>
+        <v>1215</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>1119</v>
+        <v>1118</v>
       </c>
       <c r="D298" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E298" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F298" t="s">
         <v>123</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1209</v>
+        <v>1216</v>
       </c>
       <c r="H298" t="s">
-        <v>1210</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1211</v>
+        <v>1218</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>1155</v>
+        <v>1122</v>
       </c>
       <c r="D299" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E299" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F299" t="s">
         <v>123</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1212</v>
+        <v>1219</v>
       </c>
       <c r="H299" t="s">
-        <v>1213</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1214</v>
+        <v>1221</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>1159</v>
+        <v>1126</v>
       </c>
       <c r="D300" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E300" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F300" t="s">
-        <v>371</v>
+        <v>186</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1215</v>
+        <v>1222</v>
       </c>
       <c r="H300" t="s">
-        <v>1216</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1217</v>
+        <v>1224</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>1163</v>
+        <v>1130</v>
       </c>
       <c r="D301" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E301" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F301" t="s">
-        <v>371</v>
+        <v>186</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1218</v>
+        <v>1225</v>
       </c>
       <c r="H301" t="s">
-        <v>1219</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1220</v>
+        <v>1227</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>1167</v>
+        <v>1134</v>
       </c>
       <c r="D302" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E302" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F302" t="s">
-        <v>371</v>
+        <v>186</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1221</v>
+        <v>1228</v>
       </c>
       <c r="H302" t="s">
-        <v>1222</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1223</v>
+        <v>1230</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>1171</v>
+        <v>1138</v>
       </c>
       <c r="D303" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E303" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F303" t="s">
-        <v>123</v>
+        <v>371</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1224</v>
+        <v>1231</v>
       </c>
       <c r="H303" t="s">
-        <v>1225</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1226</v>
+        <v>1233</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1175</v>
+        <v>1143</v>
       </c>
       <c r="D304" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E304" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F304" t="s">
         <v>123</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1227</v>
+        <v>1234</v>
       </c>
       <c r="H304" t="s">
-        <v>1228</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1229</v>
+        <v>1236</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1179</v>
+        <v>1147</v>
       </c>
       <c r="D305" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E305" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F305" t="s">
-        <v>371</v>
+        <v>123</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1230</v>
+        <v>1237</v>
       </c>
       <c r="H305" t="s">
-        <v>1231</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1232</v>
+        <v>1239</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>1233</v>
+        <v>1183</v>
       </c>
       <c r="D306" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E306" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F306" t="s">
-        <v>1144</v>
+        <v>123</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1234</v>
+        <v>1240</v>
       </c>
       <c r="H306" t="s">
-        <v>1235</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1236</v>
+        <v>1242</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>1237</v>
+        <v>1187</v>
       </c>
       <c r="D307" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E307" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F307" t="s">
-        <v>1144</v>
+        <v>371</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1238</v>
+        <v>1243</v>
       </c>
       <c r="H307" t="s">
-        <v>1239</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1240</v>
+        <v>1245</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>1241</v>
+        <v>1191</v>
       </c>
       <c r="D308" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E308" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F308" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="H308" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1245</v>
+        <v>1195</v>
       </c>
       <c r="D309" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E309" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F309" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
       <c r="H309" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1249</v>
+        <v>1199</v>
       </c>
       <c r="D310" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E310" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F310" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="H310" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1253</v>
+        <v>1203</v>
       </c>
       <c r="D311" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E311" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F311" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="H311" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1257</v>
+        <v>1207</v>
       </c>
       <c r="D312" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E312" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F312" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G312" s="1" t="s">
         <v>1258</v>
       </c>
       <c r="H312" t="s">
         <v>1259</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>1260</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
         <v>1261</v>
       </c>
       <c r="D313" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E313" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F313" t="s">
-        <v>94</v>
+        <v>1172</v>
       </c>
       <c r="G313" s="1" t="s">
         <v>1262</v>
       </c>
       <c r="H313" t="s">
         <v>1263</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>1264</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
         <v>1265</v>
       </c>
       <c r="D314" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E314" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F314" t="s">
-        <v>94</v>
+        <v>1172</v>
       </c>
       <c r="G314" s="1" t="s">
         <v>1266</v>
       </c>
       <c r="H314" t="s">
         <v>1267</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>1268</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
         <v>1269</v>
       </c>
       <c r="D315" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E315" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F315" t="s">
         <v>94</v>
       </c>
       <c r="G315" s="1" t="s">
         <v>1270</v>
       </c>
       <c r="H315" t="s">
         <v>1271</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>1272</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
         <v>1273</v>
       </c>
       <c r="D316" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E316" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F316" t="s">
-        <v>1144</v>
+        <v>94</v>
       </c>
       <c r="G316" s="1" t="s">
         <v>1274</v>
       </c>
       <c r="H316" t="s">
         <v>1275</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>1276</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
         <v>1277</v>
       </c>
       <c r="D317" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E317" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F317" t="s">
-        <v>123</v>
+        <v>94</v>
       </c>
       <c r="G317" s="1" t="s">
         <v>1278</v>
       </c>
       <c r="H317" t="s">
         <v>1279</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>1280</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
         <v>1281</v>
       </c>
       <c r="D318" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E318" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F318" t="s">
-        <v>1151</v>
+        <v>94</v>
       </c>
       <c r="G318" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="H318" t="s">
         <v>1283</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>1284</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
         <v>1285</v>
       </c>
       <c r="D319" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E319" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F319" t="s">
-        <v>1151</v>
+        <v>94</v>
       </c>
       <c r="G319" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="H319" t="s">
         <v>1287</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>1288</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
         <v>1289</v>
       </c>
       <c r="D320" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E320" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F320" t="s">
-        <v>1151</v>
+        <v>94</v>
       </c>
       <c r="G320" s="1" t="s">
         <v>1290</v>
       </c>
       <c r="H320" t="s">
         <v>1291</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>1292</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
         <v>1293</v>
       </c>
       <c r="D321" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E321" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F321" t="s">
-        <v>1144</v>
+        <v>94</v>
       </c>
       <c r="G321" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="H321" t="s">
         <v>1295</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>1296</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
         <v>1297</v>
       </c>
       <c r="D322" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E322" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F322" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G322" s="1" t="s">
         <v>1298</v>
       </c>
       <c r="H322" t="s">
         <v>1299</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>1300</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
         <v>1301</v>
       </c>
       <c r="D323" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E323" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F323" t="s">
-        <v>123</v>
+        <v>1172</v>
       </c>
       <c r="G323" s="1" t="s">
         <v>1302</v>
       </c>
       <c r="H323" t="s">
         <v>1303</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>1304</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
         <v>1305</v>
       </c>
       <c r="D324" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E324" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F324" t="s">
-        <v>169</v>
+        <v>123</v>
       </c>
       <c r="G324" s="1" t="s">
         <v>1306</v>
       </c>
       <c r="H324" t="s">
         <v>1307</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>1308</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
         <v>1309</v>
       </c>
       <c r="D325" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E325" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F325" t="s">
-        <v>169</v>
+        <v>1179</v>
       </c>
       <c r="G325" s="1" t="s">
         <v>1310</v>
       </c>
       <c r="H325" t="s">
         <v>1311</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>1312</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
         <v>1313</v>
       </c>
       <c r="D326" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E326" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F326" t="s">
-        <v>169</v>
+        <v>1179</v>
       </c>
       <c r="G326" s="1" t="s">
         <v>1314</v>
       </c>
       <c r="H326" t="s">
         <v>1315</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>1316</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
         <v>1317</v>
       </c>
       <c r="D327" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E327" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F327" t="s">
-        <v>160</v>
+        <v>1179</v>
       </c>
       <c r="G327" s="1" t="s">
         <v>1318</v>
       </c>
       <c r="H327" t="s">
         <v>1319</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>1320</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
         <v>1321</v>
       </c>
       <c r="D328" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E328" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F328" t="s">
-        <v>123</v>
+        <v>1172</v>
       </c>
       <c r="G328" s="1" t="s">
         <v>1322</v>
       </c>
       <c r="H328" t="s">
         <v>1323</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>1324</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
         <v>1325</v>
       </c>
       <c r="D329" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E329" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F329" t="s">
         <v>371</v>
       </c>
       <c r="G329" s="1" t="s">
         <v>1326</v>
       </c>
       <c r="H329" t="s">
         <v>1327</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>1328</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
         <v>1329</v>
       </c>
       <c r="D330" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E330" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F330" t="s">
-        <v>371</v>
+        <v>123</v>
       </c>
       <c r="G330" s="1" t="s">
         <v>1330</v>
       </c>
       <c r="H330" t="s">
         <v>1331</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>1332</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
         <v>1333</v>
       </c>
       <c r="D331" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E331" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F331" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G331" s="1" t="s">
         <v>1334</v>
       </c>
       <c r="H331" t="s">
         <v>1335</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>1336</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
         <v>1337</v>
       </c>
       <c r="D332" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E332" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F332" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G332" s="1" t="s">
         <v>1338</v>
       </c>
       <c r="H332" t="s">
         <v>1339</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>1340</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
         <v>1341</v>
       </c>
       <c r="D333" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E333" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F333" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G333" s="1" t="s">
         <v>1342</v>
       </c>
       <c r="H333" t="s">
         <v>1343</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>1344</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>1030</v>
+        <v>1345</v>
       </c>
       <c r="D334" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E334" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F334" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="H334" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>1037</v>
+        <v>1349</v>
       </c>
       <c r="D335" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E335" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F335" t="s">
-        <v>186</v>
+        <v>123</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="H335" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>1041</v>
+        <v>1353</v>
       </c>
       <c r="D336" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E336" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F336" t="s">
-        <v>186</v>
+        <v>371</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1351</v>
+        <v>1354</v>
       </c>
       <c r="H336" t="s">
-        <v>1352</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1353</v>
+        <v>1356</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>1050</v>
+        <v>1357</v>
       </c>
       <c r="D337" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E337" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F337" t="s">
-        <v>690</v>
+        <v>371</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1354</v>
+        <v>1358</v>
       </c>
       <c r="H337" t="s">
-        <v>1355</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>1054</v>
+        <v>1361</v>
       </c>
       <c r="D338" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E338" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F338" t="s">
-        <v>690</v>
+        <v>94</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1357</v>
+        <v>1362</v>
       </c>
       <c r="H338" t="s">
-        <v>1358</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1359</v>
+        <v>1364</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>1058</v>
+        <v>1365</v>
       </c>
       <c r="D339" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E339" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F339" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1360</v>
+        <v>1366</v>
       </c>
       <c r="H339" t="s">
-        <v>1361</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1362</v>
+        <v>1368</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>1363</v>
+        <v>1369</v>
       </c>
       <c r="D340" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E340" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F340" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1364</v>
+        <v>1370</v>
       </c>
       <c r="H340" t="s">
-        <v>1365</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1366</v>
+        <v>1372</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>1367</v>
+        <v>1058</v>
       </c>
       <c r="D341" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E341" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F341" t="s">
-        <v>123</v>
+        <v>186</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1368</v>
+        <v>1373</v>
       </c>
       <c r="H341" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1370</v>
+        <v>1375</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>1371</v>
+        <v>1065</v>
       </c>
       <c r="D342" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E342" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F342" t="s">
-        <v>1144</v>
+        <v>186</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1372</v>
+        <v>1376</v>
       </c>
       <c r="H342" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1374</v>
+        <v>1378</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>1062</v>
+        <v>1069</v>
       </c>
       <c r="D343" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E343" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F343" t="s">
-        <v>1144</v>
+        <v>186</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="H343" t="s">
-        <v>1376</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1377</v>
+        <v>1381</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>1068</v>
+        <v>1078</v>
       </c>
       <c r="D344" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E344" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F344" t="s">
-        <v>1144</v>
+        <v>690</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1378</v>
+        <v>1382</v>
       </c>
       <c r="H344" t="s">
-        <v>1379</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1380</v>
+        <v>1384</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>1072</v>
+        <v>1082</v>
       </c>
       <c r="D345" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E345" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F345" t="s">
-        <v>664</v>
+        <v>690</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="H345" t="s">
-        <v>1382</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1383</v>
+        <v>1387</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>1076</v>
+        <v>1086</v>
       </c>
       <c r="D346" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E346" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F346" t="s">
-        <v>664</v>
+        <v>169</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1384</v>
+        <v>1388</v>
       </c>
       <c r="H346" t="s">
-        <v>1385</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1386</v>
+        <v>1390</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>1080</v>
+        <v>1391</v>
       </c>
       <c r="D347" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E347" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F347" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1387</v>
+        <v>1392</v>
       </c>
       <c r="H347" t="s">
-        <v>1388</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1389</v>
+        <v>1394</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>1390</v>
+        <v>1395</v>
       </c>
       <c r="D348" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E348" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F348" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1391</v>
+        <v>1396</v>
       </c>
       <c r="H348" t="s">
-        <v>1392</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1393</v>
+        <v>1398</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1394</v>
+        <v>1399</v>
       </c>
       <c r="D349" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E349" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F349" t="s">
-        <v>94</v>
+        <v>1172</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1395</v>
+        <v>1400</v>
       </c>
       <c r="H349" t="s">
-        <v>1396</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1397</v>
+        <v>1402</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>1398</v>
+        <v>1090</v>
       </c>
       <c r="D350" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E350" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F350" t="s">
-        <v>664</v>
+        <v>1172</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1399</v>
+        <v>1403</v>
       </c>
       <c r="H350" t="s">
-        <v>1400</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>1402</v>
+        <v>1096</v>
       </c>
       <c r="D351" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E351" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F351" t="s">
-        <v>169</v>
+        <v>1172</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1403</v>
+        <v>1406</v>
       </c>
       <c r="H351" t="s">
-        <v>1404</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1405</v>
+        <v>1408</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>1406</v>
+        <v>1100</v>
       </c>
       <c r="D352" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E352" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F352" t="s">
-        <v>186</v>
+        <v>664</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="H352" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>1410</v>
+        <v>1104</v>
       </c>
       <c r="D353" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E353" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F353" t="s">
-        <v>186</v>
+        <v>664</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="H353" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>1414</v>
+        <v>1108</v>
       </c>
       <c r="D354" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E354" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F354" t="s">
-        <v>1144</v>
+        <v>94</v>
       </c>
       <c r="G354" s="1" t="s">
         <v>1415</v>
       </c>
       <c r="H354" t="s">
         <v>1416</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>1417</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
         <v>1418</v>
       </c>
       <c r="D355" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E355" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F355" t="s">
-        <v>407</v>
+        <v>94</v>
       </c>
       <c r="G355" s="1" t="s">
         <v>1419</v>
       </c>
       <c r="H355" t="s">
         <v>1420</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>1421</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
         <v>1422</v>
       </c>
       <c r="D356" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E356" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F356" t="s">
-        <v>407</v>
+        <v>94</v>
       </c>
       <c r="G356" s="1" t="s">
         <v>1423</v>
       </c>
       <c r="H356" t="s">
         <v>1424</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>1425</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
         <v>1426</v>
       </c>
       <c r="D357" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E357" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F357" t="s">
-        <v>407</v>
+        <v>664</v>
       </c>
       <c r="G357" s="1" t="s">
         <v>1427</v>
       </c>
       <c r="H357" t="s">
         <v>1428</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>1429</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
         <v>1430</v>
       </c>
       <c r="D358" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E358" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F358" t="s">
-        <v>186</v>
+        <v>169</v>
       </c>
       <c r="G358" s="1" t="s">
         <v>1431</v>
       </c>
       <c r="H358" t="s">
         <v>1432</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>1433</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
         <v>1434</v>
       </c>
       <c r="D359" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E359" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F359" t="s">
-        <v>169</v>
+        <v>186</v>
       </c>
       <c r="G359" s="1" t="s">
         <v>1435</v>
       </c>
       <c r="H359" t="s">
         <v>1436</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>1437</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
         <v>1438</v>
       </c>
       <c r="D360" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E360" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F360" t="s">
-        <v>1151</v>
+        <v>186</v>
       </c>
       <c r="G360" s="1" t="s">
         <v>1439</v>
       </c>
       <c r="H360" t="s">
         <v>1440</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>1441</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
         <v>1442</v>
       </c>
       <c r="D361" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E361" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F361" t="s">
-        <v>1151</v>
+        <v>1172</v>
       </c>
       <c r="G361" s="1" t="s">
         <v>1443</v>
       </c>
       <c r="H361" t="s">
         <v>1444</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>1445</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
         <v>1446</v>
       </c>
       <c r="D362" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E362" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F362" t="s">
-        <v>169</v>
+        <v>407</v>
       </c>
       <c r="G362" s="1" t="s">
         <v>1447</v>
       </c>
       <c r="H362" t="s">
         <v>1448</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>1449</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
         <v>1450</v>
       </c>
       <c r="D363" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E363" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F363" t="s">
-        <v>1144</v>
+        <v>407</v>
       </c>
       <c r="G363" s="1" t="s">
         <v>1451</v>
       </c>
       <c r="H363" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
         <v>1453</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
         <v>1454</v>
       </c>
       <c r="D364" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E364" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F364" t="s">
-        <v>94</v>
+        <v>407</v>
       </c>
       <c r="G364" s="1" t="s">
         <v>1455</v>
       </c>
       <c r="H364" t="s">
         <v>1456</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>1457</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
         <v>1458</v>
       </c>
       <c r="D365" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E365" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F365" t="s">
-        <v>94</v>
+        <v>186</v>
       </c>
       <c r="G365" s="1" t="s">
         <v>1459</v>
       </c>
       <c r="H365" t="s">
         <v>1460</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
         <v>1461</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>10</v>
+        <v>1462</v>
       </c>
       <c r="D366" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E366" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F366" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="H366" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="D367" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E367" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F367" t="s">
-        <v>1144</v>
+        <v>1179</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="H367" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="D368" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E368" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F368" t="s">
-        <v>123</v>
+        <v>1179</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="H368" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="D369" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E369" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F369" t="s">
-        <v>123</v>
+        <v>169</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="H369" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="D370" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E370" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F370" t="s">
-        <v>123</v>
+        <v>1172</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="H370" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="D371" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E371" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F371" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="H371" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="D372" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E372" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F372" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="H372" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>1489</v>
+        <v>10</v>
       </c>
       <c r="D373" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E373" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F373" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G373" s="1" t="s">
         <v>1490</v>
       </c>
       <c r="H373" t="s">
         <v>1491</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>1492</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
         <v>1493</v>
       </c>
       <c r="D374" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E374" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F374" t="s">
-        <v>371</v>
+        <v>1172</v>
       </c>
       <c r="G374" s="1" t="s">
         <v>1494</v>
       </c>
       <c r="H374" t="s">
         <v>1495</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>1496</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
         <v>1497</v>
       </c>
       <c r="D375" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E375" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F375" t="s">
-        <v>664</v>
+        <v>123</v>
       </c>
       <c r="G375" s="1" t="s">
         <v>1498</v>
       </c>
       <c r="H375" t="s">
         <v>1499</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
         <v>1500</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
         <v>1501</v>
       </c>
       <c r="D376" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E376" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F376" t="s">
-        <v>407</v>
+        <v>123</v>
       </c>
       <c r="G376" s="1" t="s">
         <v>1502</v>
       </c>
       <c r="H376" t="s">
         <v>1503</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>1504</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
         <v>1505</v>
       </c>
       <c r="D377" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E377" t="s">
-        <v>1184</v>
+        <v>1212</v>
+      </c>
+      <c r="F377" t="s">
+        <v>123</v>
       </c>
       <c r="G377" s="1" t="s">
         <v>1506</v>
       </c>
       <c r="H377" t="s">
         <v>1507</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
         <v>1508</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
         <v>1509</v>
       </c>
       <c r="D378" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E378" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F378" t="s">
-        <v>371</v>
+        <v>169</v>
       </c>
       <c r="G378" s="1" t="s">
         <v>1510</v>
       </c>
       <c r="H378" t="s">
         <v>1511</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>1512</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
         <v>1513</v>
       </c>
       <c r="D379" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E379" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F379" t="s">
         <v>371</v>
       </c>
       <c r="G379" s="1" t="s">
         <v>1514</v>
       </c>
       <c r="H379" t="s">
         <v>1515</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>1516</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
         <v>1517</v>
       </c>
       <c r="D380" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E380" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F380" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G380" s="1" t="s">
         <v>1518</v>
       </c>
       <c r="H380" t="s">
         <v>1519</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
         <v>1520</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
         <v>1521</v>
       </c>
       <c r="D381" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E381" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F381" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G381" s="1" t="s">
         <v>1522</v>
       </c>
       <c r="H381" t="s">
         <v>1523</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
         <v>1524</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
         <v>1525</v>
       </c>
       <c r="D382" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E382" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F382" t="s">
-        <v>94</v>
+        <v>664</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1419</v>
+        <v>1526</v>
       </c>
       <c r="H382" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="D383" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E383" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F383" t="s">
-        <v>1144</v>
+        <v>407</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="H383" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="D384" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E384" t="s">
-        <v>1184</v>
-[...2 lines deleted...]
-        <v>1144</v>
+        <v>1212</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="H384" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="D385" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E385" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F385" t="s">
-        <v>407</v>
+        <v>371</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="H385" t="s">
-        <v>1507</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="D386" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E386" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F386" t="s">
         <v>371</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="H386" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="D387" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E387" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F387" t="s">
-        <v>186</v>
+        <v>94</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="H387" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="D388" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E388" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F388" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="H388" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="D389" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E389" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F389" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1552</v>
+        <v>1447</v>
       </c>
       <c r="H389" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="D390" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E390" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F390" t="s">
-        <v>169</v>
+        <v>1172</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="H390" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="D391" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E391" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F391" t="s">
-        <v>371</v>
+        <v>1172</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="H391" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="D392" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E392" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F392" t="s">
-        <v>94</v>
+        <v>407</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="H392" t="s">
-        <v>1565</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>1566</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
         <v>1567</v>
       </c>
       <c r="D393" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E393" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F393" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G393" s="1" t="s">
         <v>1568</v>
       </c>
       <c r="H393" t="s">
         <v>1569</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>1570</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
         <v>1571</v>
       </c>
       <c r="D394" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E394" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F394" t="s">
-        <v>94</v>
+        <v>186</v>
       </c>
       <c r="G394" s="1" t="s">
         <v>1572</v>
       </c>
       <c r="H394" t="s">
         <v>1573</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>1574</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
         <v>1575</v>
       </c>
       <c r="D395" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E395" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F395" t="s">
-        <v>371</v>
+        <v>169</v>
       </c>
       <c r="G395" s="1" t="s">
         <v>1576</v>
       </c>
       <c r="H395" t="s">
         <v>1577</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>1578</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
         <v>1579</v>
       </c>
       <c r="D396" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E396" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F396" t="s">
-        <v>371</v>
+        <v>169</v>
       </c>
       <c r="G396" s="1" t="s">
         <v>1580</v>
       </c>
       <c r="H396" t="s">
         <v>1581</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>1582</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
         <v>1583</v>
       </c>
       <c r="D397" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E397" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F397" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="G397" s="1" t="s">
         <v>1584</v>
       </c>
       <c r="H397" t="s">
         <v>1585</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>1586</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
         <v>1587</v>
       </c>
       <c r="D398" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E398" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F398" t="s">
-        <v>1144</v>
+        <v>371</v>
       </c>
       <c r="G398" s="1" t="s">
         <v>1588</v>
       </c>
       <c r="H398" t="s">
         <v>1589</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>1590</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
         <v>1591</v>
       </c>
       <c r="D399" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E399" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F399" t="s">
-        <v>123</v>
+        <v>94</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1419</v>
+        <v>1592</v>
       </c>
       <c r="H399" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="D400" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E400" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F400" t="s">
-        <v>123</v>
+        <v>94</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="H400" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="D401" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E401" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F401" t="s">
-        <v>123</v>
+        <v>94</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="H401" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="D402" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E402" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F402" t="s">
-        <v>169</v>
+        <v>371</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="H402" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="D403" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E403" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F403" t="s">
-        <v>169</v>
+        <v>371</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="H403" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="D404" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E404" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F404" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="H404" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="D405" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E405" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F405" t="s">
-        <v>123</v>
+        <v>1172</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="H405" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="D406" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E406" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F406" t="s">
-        <v>371</v>
+        <v>123</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1619</v>
+        <v>1447</v>
       </c>
       <c r="H406" t="s">
         <v>1620</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>1621</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
         <v>1622</v>
       </c>
       <c r="D407" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E407" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F407" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="G407" s="1" t="s">
         <v>1623</v>
       </c>
       <c r="H407" t="s">
         <v>1624</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>1625</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
         <v>1626</v>
       </c>
       <c r="D408" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E408" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F408" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="G408" s="1" t="s">
         <v>1627</v>
       </c>
       <c r="H408" t="s">
         <v>1628</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>1629</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
         <v>1630</v>
       </c>
       <c r="D409" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E409" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F409" t="s">
         <v>169</v>
       </c>
       <c r="G409" s="1" t="s">
         <v>1631</v>
       </c>
       <c r="H409" t="s">
         <v>1632</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>1633</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
         <v>1634</v>
       </c>
       <c r="D410" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E410" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F410" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1419</v>
+        <v>1635</v>
       </c>
       <c r="H410" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="D411" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E411" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F411" t="s">
-        <v>1151</v>
+        <v>169</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="H411" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="D412" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E412" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F412" t="s">
-        <v>1151</v>
+        <v>123</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="H412" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="D413" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E413" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F413" t="s">
-        <v>169</v>
+        <v>371</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="H413" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="D414" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E414" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F414" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="H414" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="D415" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E415" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F415" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="H415" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="D416" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E416" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F416" t="s">
-        <v>1144</v>
+        <v>169</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="H416" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="D417" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E417" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F417" t="s">
-        <v>1144</v>
+        <v>94</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1662</v>
+        <v>1447</v>
       </c>
       <c r="H417" t="s">
         <v>1663</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
         <v>1664</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
         <v>1665</v>
       </c>
       <c r="D418" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E418" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F418" t="s">
-        <v>160</v>
+        <v>1179</v>
       </c>
       <c r="G418" s="1" t="s">
         <v>1666</v>
       </c>
       <c r="H418" t="s">
         <v>1667</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
         <v>1668</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
         <v>1669</v>
       </c>
       <c r="D419" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E419" t="s">
-        <v>1184</v>
+        <v>1212</v>
+      </c>
+      <c r="F419" t="s">
+        <v>1179</v>
       </c>
       <c r="G419" s="1" t="s">
         <v>1670</v>
       </c>
       <c r="H419" t="s">
         <v>1671</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
         <v>1672</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
         <v>1673</v>
       </c>
       <c r="D420" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E420" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F420" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="G420" s="1" t="s">
         <v>1674</v>
       </c>
       <c r="H420" t="s">
         <v>1675</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
         <v>1676</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
         <v>1677</v>
       </c>
       <c r="D421" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E421" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F421" t="s">
-        <v>407</v>
+        <v>371</v>
       </c>
       <c r="G421" s="1" t="s">
         <v>1678</v>
       </c>
       <c r="H421" t="s">
         <v>1679</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
         <v>1680</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
         <v>1681</v>
       </c>
       <c r="D422" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E422" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F422" t="s">
-        <v>407</v>
+        <v>371</v>
       </c>
       <c r="G422" s="1" t="s">
         <v>1682</v>
       </c>
       <c r="H422" t="s">
         <v>1683</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
         <v>1684</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
         <v>1685</v>
       </c>
       <c r="D423" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E423" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F423" t="s">
-        <v>407</v>
+        <v>1172</v>
       </c>
       <c r="G423" s="1" t="s">
         <v>1686</v>
       </c>
       <c r="H423" t="s">
         <v>1687</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
         <v>1688</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
         <v>1689</v>
       </c>
       <c r="D424" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E424" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F424" t="s">
-        <v>640</v>
+        <v>1172</v>
       </c>
       <c r="G424" s="1" t="s">
         <v>1690</v>
       </c>
       <c r="H424" t="s">
         <v>1691</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
         <v>1692</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
         <v>1693</v>
       </c>
       <c r="D425" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E425" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F425" t="s">
-        <v>123</v>
+        <v>160</v>
       </c>
       <c r="G425" s="1" t="s">
         <v>1694</v>
       </c>
       <c r="H425" t="s">
         <v>1695</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>1696</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
         <v>1697</v>
       </c>
       <c r="D426" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E426" t="s">
-        <v>1184</v>
-[...2 lines deleted...]
-        <v>94</v>
+        <v>1212</v>
       </c>
       <c r="G426" s="1" t="s">
         <v>1698</v>
       </c>
       <c r="H426" t="s">
         <v>1699</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>1700</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
         <v>1701</v>
       </c>
       <c r="D427" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E427" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F427" t="s">
-        <v>94</v>
+        <v>160</v>
       </c>
       <c r="G427" s="1" t="s">
         <v>1702</v>
       </c>
       <c r="H427" t="s">
         <v>1703</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>1704</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
         <v>1705</v>
       </c>
       <c r="D428" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E428" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F428" t="s">
-        <v>94</v>
+        <v>407</v>
       </c>
       <c r="G428" s="1" t="s">
         <v>1706</v>
       </c>
       <c r="H428" t="s">
         <v>1707</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>1708</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
         <v>1709</v>
       </c>
       <c r="D429" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E429" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F429" t="s">
-        <v>123</v>
+        <v>407</v>
       </c>
       <c r="G429" s="1" t="s">
         <v>1710</v>
       </c>
       <c r="H429" t="s">
         <v>1711</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
         <v>1712</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
         <v>1713</v>
       </c>
       <c r="D430" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E430" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F430" t="s">
-        <v>1151</v>
+        <v>407</v>
       </c>
       <c r="G430" s="1" t="s">
         <v>1714</v>
       </c>
       <c r="H430" t="s">
         <v>1715</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
         <v>1716</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
         <v>1717</v>
       </c>
       <c r="D431" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E431" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F431" t="s">
-        <v>1151</v>
+        <v>640</v>
       </c>
       <c r="G431" s="1" t="s">
         <v>1718</v>
       </c>
       <c r="H431" t="s">
         <v>1719</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>1720</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
         <v>1721</v>
       </c>
       <c r="D432" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E432" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F432" t="s">
-        <v>1151</v>
+        <v>123</v>
       </c>
       <c r="G432" s="1" t="s">
         <v>1722</v>
       </c>
       <c r="H432" t="s">
         <v>1723</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>1724</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
         <v>1725</v>
       </c>
       <c r="D433" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E433" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F433" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G433" s="1" t="s">
         <v>1726</v>
       </c>
       <c r="H433" t="s">
         <v>1727</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
         <v>1728</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
         <v>1729</v>
       </c>
       <c r="D434" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E434" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F434" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G434" s="1" t="s">
         <v>1730</v>
       </c>
       <c r="H434" t="s">
         <v>1731</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>1732</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
         <v>1733</v>
       </c>
       <c r="D435" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E435" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F435" t="s">
-        <v>664</v>
+        <v>94</v>
       </c>
       <c r="G435" s="1" t="s">
         <v>1734</v>
       </c>
       <c r="H435" t="s">
         <v>1735</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>1736</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
         <v>1737</v>
       </c>
       <c r="D436" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E436" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F436" t="s">
-        <v>664</v>
+        <v>123</v>
       </c>
       <c r="G436" s="1" t="s">
         <v>1738</v>
       </c>
       <c r="H436" t="s">
         <v>1739</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
         <v>1740</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
         <v>1741</v>
       </c>
       <c r="D437" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E437" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F437" t="s">
-        <v>160</v>
+        <v>1179</v>
       </c>
       <c r="G437" s="1" t="s">
         <v>1742</v>
       </c>
       <c r="H437" t="s">
         <v>1743</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
         <v>1744</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
         <v>1745</v>
       </c>
       <c r="D438" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E438" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F438" t="s">
-        <v>160</v>
+        <v>1179</v>
       </c>
       <c r="G438" s="1" t="s">
         <v>1746</v>
       </c>
       <c r="H438" t="s">
         <v>1747</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
         <v>1748</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
         <v>1749</v>
       </c>
       <c r="D439" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E439" t="s">
-        <v>1184</v>
+        <v>1212</v>
+      </c>
+      <c r="F439" t="s">
+        <v>1179</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1419</v>
+        <v>1750</v>
       </c>
       <c r="H439" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="D440" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E440" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F440" t="s">
         <v>371</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="H440" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="D441" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E441" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F441" t="s">
-        <v>407</v>
+        <v>371</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="H441" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="D442" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E442" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F442" t="s">
-        <v>640</v>
+        <v>664</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="H442" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="D443" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E443" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F443" t="s">
-        <v>94</v>
+        <v>664</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="H443" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="D444" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E444" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F444" t="s">
-        <v>94</v>
+        <v>160</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="H444" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="D445" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E445" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F445" t="s">
-        <v>94</v>
+        <v>160</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="H445" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="D446" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E446" t="s">
-        <v>1184</v>
-[...2 lines deleted...]
-        <v>371</v>
+        <v>1212</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1777</v>
+        <v>1447</v>
       </c>
       <c r="H446" t="s">
         <v>1778</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
         <v>1779</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
         <v>1780</v>
       </c>
       <c r="D447" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E447" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F447" t="s">
-        <v>1151</v>
+        <v>371</v>
       </c>
       <c r="G447" s="1" t="s">
         <v>1781</v>
       </c>
       <c r="H447" t="s">
         <v>1782</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
         <v>1783</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
         <v>1784</v>
       </c>
       <c r="D448" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E448" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F448" t="s">
-        <v>1151</v>
+        <v>407</v>
       </c>
       <c r="G448" s="1" t="s">
         <v>1785</v>
       </c>
       <c r="H448" t="s">
         <v>1786</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
         <v>1787</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
         <v>1788</v>
       </c>
       <c r="D449" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E449" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F449" t="s">
-        <v>1151</v>
+        <v>640</v>
       </c>
       <c r="G449" s="1" t="s">
         <v>1789</v>
       </c>
       <c r="H449" t="s">
         <v>1790</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>1791</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
         <v>1792</v>
       </c>
       <c r="D450" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E450" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F450" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G450" s="1" t="s">
         <v>1793</v>
       </c>
       <c r="H450" t="s">
         <v>1794</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
         <v>1795</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
         <v>1796</v>
       </c>
       <c r="D451" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E451" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F451" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G451" s="1" t="s">
         <v>1797</v>
       </c>
       <c r="H451" t="s">
         <v>1798</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
         <v>1799</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
         <v>1800</v>
       </c>
       <c r="D452" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E452" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F452" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G452" s="1" t="s">
         <v>1801</v>
       </c>
       <c r="H452" t="s">
         <v>1802</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
         <v>1803</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
         <v>1804</v>
       </c>
       <c r="D453" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E453" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F453" t="s">
-        <v>123</v>
+        <v>371</v>
       </c>
       <c r="G453" s="1" t="s">
         <v>1805</v>
       </c>
       <c r="H453" t="s">
         <v>1806</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
         <v>1807</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
         <v>1808</v>
       </c>
       <c r="D454" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E454" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F454" t="s">
-        <v>371</v>
+        <v>1179</v>
       </c>
       <c r="G454" s="1" t="s">
         <v>1809</v>
       </c>
       <c r="H454" t="s">
         <v>1810</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
         <v>1811</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
         <v>1812</v>
       </c>
       <c r="D455" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E455" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F455" t="s">
-        <v>160</v>
+        <v>1179</v>
       </c>
       <c r="G455" s="1" t="s">
         <v>1813</v>
       </c>
       <c r="H455" t="s">
         <v>1814</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>1815</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
         <v>1816</v>
       </c>
       <c r="D456" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E456" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F456" t="s">
-        <v>160</v>
+        <v>1179</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1419</v>
+        <v>1817</v>
       </c>
       <c r="H456" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="D457" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E457" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F457" t="s">
-        <v>640</v>
+        <v>169</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="H457" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="D458" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E458" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F458" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="H458" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="D459" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E459" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F459" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="H459" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="D460" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E460" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F460" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="H460" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="D461" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E461" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F461" t="s">
-        <v>407</v>
+        <v>371</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
       <c r="H461" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="D462" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E462" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F462" t="s">
-        <v>407</v>
+        <v>160</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="H462" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="D463" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E463" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F463" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1844</v>
+        <v>1447</v>
       </c>
       <c r="H463" t="s">
         <v>1845</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
         <v>1846</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
         <v>1847</v>
       </c>
       <c r="D464" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E464" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F464" t="s">
-        <v>169</v>
+        <v>640</v>
       </c>
       <c r="G464" s="1" t="s">
         <v>1848</v>
       </c>
       <c r="H464" t="s">
         <v>1849</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>1850</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
         <v>1851</v>
       </c>
       <c r="D465" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E465" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F465" t="s">
-        <v>1144</v>
+        <v>94</v>
       </c>
       <c r="G465" s="1" t="s">
         <v>1852</v>
       </c>
       <c r="H465" t="s">
         <v>1853</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
         <v>1854</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
         <v>1855</v>
       </c>
       <c r="D466" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E466" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F466" t="s">
         <v>94</v>
       </c>
       <c r="G466" s="1" t="s">
         <v>1856</v>
       </c>
       <c r="H466" t="s">
         <v>1857</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
         <v>1858</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
         <v>1859</v>
       </c>
       <c r="D467" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E467" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F467" t="s">
         <v>94</v>
       </c>
       <c r="G467" s="1" t="s">
         <v>1860</v>
       </c>
       <c r="H467" t="s">
         <v>1861</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>1862</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
         <v>1863</v>
       </c>
       <c r="D468" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E468" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F468" t="s">
-        <v>94</v>
+        <v>407</v>
       </c>
       <c r="G468" s="1" t="s">
         <v>1864</v>
       </c>
       <c r="H468" t="s">
         <v>1865</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>1866</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
         <v>1867</v>
       </c>
       <c r="D469" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E469" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F469" t="s">
-        <v>1144</v>
+        <v>407</v>
       </c>
       <c r="G469" s="1" t="s">
         <v>1868</v>
       </c>
       <c r="H469" t="s">
         <v>1869</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>1870</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
         <v>1871</v>
       </c>
       <c r="D470" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E470" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F470" t="s">
-        <v>1144</v>
+        <v>169</v>
       </c>
       <c r="G470" s="1" t="s">
         <v>1872</v>
       </c>
       <c r="H470" t="s">
         <v>1873</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
         <v>1874</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
         <v>1875</v>
       </c>
       <c r="D471" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E471" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F471" t="s">
-        <v>1151</v>
+        <v>169</v>
       </c>
       <c r="G471" s="1" t="s">
         <v>1876</v>
       </c>
       <c r="H471" t="s">
         <v>1877</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
         <v>1878</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
         <v>1879</v>
       </c>
       <c r="D472" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E472" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F472" t="s">
-        <v>1151</v>
+        <v>1172</v>
       </c>
       <c r="G472" s="1" t="s">
         <v>1880</v>
       </c>
       <c r="H472" t="s">
         <v>1881</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
         <v>1882</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
         <v>1883</v>
       </c>
       <c r="D473" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E473" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F473" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G473" s="1" t="s">
         <v>1884</v>
       </c>
       <c r="H473" t="s">
         <v>1885</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
         <v>1886</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
         <v>1887</v>
       </c>
       <c r="D474" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E474" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F474" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G474" s="1" t="s">
         <v>1888</v>
       </c>
       <c r="H474" t="s">
         <v>1889</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>1890</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
         <v>1891</v>
       </c>
       <c r="D475" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E475" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F475" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G475" s="1" t="s">
         <v>1892</v>
       </c>
       <c r="H475" t="s">
         <v>1893</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
         <v>1894</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
         <v>1895</v>
       </c>
       <c r="D476" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E476" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F476" t="s">
-        <v>664</v>
+        <v>1172</v>
       </c>
       <c r="G476" s="1" t="s">
         <v>1896</v>
       </c>
       <c r="H476" t="s">
         <v>1897</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
         <v>1898</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
         <v>1899</v>
       </c>
       <c r="D477" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E477" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F477" t="s">
-        <v>123</v>
+        <v>1172</v>
       </c>
       <c r="G477" s="1" t="s">
         <v>1900</v>
       </c>
       <c r="H477" t="s">
         <v>1901</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
         <v>1902</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
         <v>1903</v>
       </c>
       <c r="D478" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E478" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F478" t="s">
-        <v>123</v>
+        <v>1179</v>
       </c>
       <c r="G478" s="1" t="s">
         <v>1904</v>
       </c>
       <c r="H478" t="s">
         <v>1905</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
         <v>1906</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
         <v>1907</v>
       </c>
       <c r="D479" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E479" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F479" t="s">
-        <v>169</v>
+        <v>1179</v>
       </c>
       <c r="G479" s="1" t="s">
         <v>1908</v>
       </c>
       <c r="H479" t="s">
         <v>1909</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>1910</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
         <v>1911</v>
       </c>
       <c r="D480" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E480" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F480" t="s">
-        <v>169</v>
+        <v>371</v>
       </c>
       <c r="G480" s="1" t="s">
         <v>1912</v>
       </c>
       <c r="H480" t="s">
         <v>1913</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
         <v>1914</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
         <v>1915</v>
       </c>
       <c r="D481" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E481" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F481" t="s">
-        <v>169</v>
+        <v>371</v>
       </c>
       <c r="G481" s="1" t="s">
         <v>1916</v>
       </c>
       <c r="H481" t="s">
         <v>1917</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
         <v>1918</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
         <v>1919</v>
       </c>
       <c r="D482" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E482" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F482" t="s">
         <v>371</v>
       </c>
       <c r="G482" s="1" t="s">
         <v>1920</v>
       </c>
       <c r="H482" t="s">
         <v>1921</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
         <v>1922</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
         <v>1923</v>
       </c>
       <c r="D483" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E483" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F483" t="s">
-        <v>160</v>
+        <v>664</v>
       </c>
       <c r="G483" s="1" t="s">
         <v>1924</v>
       </c>
       <c r="H483" t="s">
         <v>1925</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
         <v>1926</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
         <v>1927</v>
       </c>
       <c r="D484" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E484" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F484" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="G484" s="1" t="s">
         <v>1928</v>
       </c>
       <c r="H484" t="s">
         <v>1929</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
         <v>1930</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
         <v>1931</v>
       </c>
       <c r="D485" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E485" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F485" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="G485" s="1" t="s">
         <v>1932</v>
       </c>
       <c r="H485" t="s">
         <v>1933</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
         <v>1934</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
         <v>1935</v>
       </c>
       <c r="D486" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E486" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F486" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G486" s="1" t="s">
         <v>1936</v>
       </c>
       <c r="H486" t="s">
         <v>1937</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
         <v>1938</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
         <v>1939</v>
       </c>
       <c r="D487" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E487" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F487" t="s">
-        <v>640</v>
+        <v>169</v>
       </c>
       <c r="G487" s="1" t="s">
         <v>1940</v>
       </c>
       <c r="H487" t="s">
         <v>1941</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
         <v>1942</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
         <v>1943</v>
       </c>
       <c r="D488" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E488" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F488" t="s">
-        <v>640</v>
+        <v>169</v>
       </c>
       <c r="G488" s="1" t="s">
         <v>1944</v>
       </c>
       <c r="H488" t="s">
         <v>1945</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
         <v>1946</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
         <v>1947</v>
       </c>
       <c r="D489" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E489" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F489" t="s">
-        <v>186</v>
+        <v>371</v>
       </c>
       <c r="G489" s="1" t="s">
         <v>1948</v>
       </c>
       <c r="H489" t="s">
         <v>1949</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
         <v>1950</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
         <v>1951</v>
       </c>
       <c r="D490" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E490" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F490" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="G490" s="1" t="s">
         <v>1952</v>
       </c>
       <c r="H490" t="s">
         <v>1953</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
         <v>1954</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
         <v>1955</v>
       </c>
       <c r="D491" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E491" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F491" t="s">
-        <v>186</v>
+        <v>94</v>
       </c>
       <c r="G491" s="1" t="s">
         <v>1956</v>
       </c>
       <c r="H491" t="s">
         <v>1957</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
         <v>1958</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
         <v>1959</v>
       </c>
       <c r="D492" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E492" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F492" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G492" s="1" t="s">
         <v>1960</v>
       </c>
       <c r="H492" t="s">
         <v>1961</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
         <v>1962</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
         <v>1963</v>
       </c>
       <c r="D493" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E493" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F493" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G493" s="1" t="s">
         <v>1964</v>
       </c>
       <c r="H493" t="s">
         <v>1965</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
         <v>1966</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
         <v>1967</v>
       </c>
       <c r="D494" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E494" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F494" t="s">
-        <v>169</v>
+        <v>640</v>
       </c>
       <c r="G494" s="1" t="s">
         <v>1968</v>
       </c>
       <c r="H494" t="s">
         <v>1969</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
         <v>1970</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
         <v>1971</v>
       </c>
       <c r="D495" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E495" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F495" t="s">
-        <v>371</v>
+        <v>640</v>
       </c>
       <c r="G495" s="1" t="s">
         <v>1972</v>
       </c>
       <c r="H495" t="s">
         <v>1973</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
         <v>1974</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
         <v>1975</v>
       </c>
       <c r="D496" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E496" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F496" t="s">
-        <v>123</v>
+        <v>186</v>
       </c>
       <c r="G496" s="1" t="s">
         <v>1976</v>
       </c>
       <c r="H496" t="s">
         <v>1977</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
         <v>1978</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
         <v>1979</v>
       </c>
       <c r="D497" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E497" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F497" t="s">
-        <v>123</v>
+        <v>186</v>
       </c>
       <c r="G497" s="1" t="s">
         <v>1980</v>
       </c>
       <c r="H497" t="s">
         <v>1981</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
         <v>1982</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
         <v>1983</v>
       </c>
       <c r="D498" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E498" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F498" t="s">
-        <v>640</v>
+        <v>186</v>
       </c>
       <c r="G498" s="1" t="s">
         <v>1984</v>
       </c>
       <c r="H498" t="s">
         <v>1985</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
         <v>1986</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
         <v>1987</v>
       </c>
       <c r="D499" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E499" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F499" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G499" s="1" t="s">
         <v>1988</v>
       </c>
       <c r="H499" t="s">
         <v>1989</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
         <v>1990</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
         <v>1991</v>
       </c>
       <c r="D500" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E500" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F500" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G500" s="1" t="s">
         <v>1992</v>
       </c>
       <c r="H500" t="s">
         <v>1993</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
         <v>1994</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
         <v>1995</v>
       </c>
       <c r="D501" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E501" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F501" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G501" s="1" t="s">
         <v>1996</v>
       </c>
       <c r="H501" t="s">
         <v>1997</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
         <v>1998</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
         <v>1999</v>
       </c>
       <c r="D502" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E502" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F502" t="s">
         <v>371</v>
       </c>
       <c r="G502" s="1" t="s">
         <v>2000</v>
       </c>
       <c r="H502" t="s">
         <v>2001</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
         <v>2002</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
         <v>2003</v>
       </c>
       <c r="D503" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E503" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F503" t="s">
-        <v>640</v>
+        <v>123</v>
       </c>
       <c r="G503" s="1" t="s">
         <v>2004</v>
       </c>
       <c r="H503" t="s">
         <v>2005</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
         <v>2006</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
         <v>2007</v>
       </c>
       <c r="D504" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E504" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F504" t="s">
-        <v>371</v>
+        <v>123</v>
       </c>
       <c r="G504" s="1" t="s">
         <v>2008</v>
       </c>
       <c r="H504" t="s">
         <v>2009</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
         <v>2010</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
         <v>2011</v>
       </c>
       <c r="D505" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E505" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F505" t="s">
         <v>640</v>
       </c>
       <c r="G505" s="1" t="s">
         <v>2012</v>
       </c>
       <c r="H505" t="s">
         <v>2013</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
         <v>2014</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
         <v>2015</v>
       </c>
       <c r="D506" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E506" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F506" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G506" s="1" t="s">
         <v>2016</v>
       </c>
       <c r="H506" t="s">
         <v>2017</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
         <v>2018</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
         <v>2019</v>
       </c>
       <c r="D507" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E507" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F507" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G507" s="1" t="s">
         <v>2020</v>
       </c>
       <c r="H507" t="s">
         <v>2021</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
         <v>2022</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
         <v>2023</v>
       </c>
       <c r="D508" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E508" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F508" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G508" s="1" t="s">
         <v>2024</v>
       </c>
       <c r="H508" t="s">
         <v>2025</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
         <v>2026</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
         <v>2027</v>
       </c>
       <c r="D509" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E509" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F509" t="s">
         <v>371</v>
       </c>
       <c r="G509" s="1" t="s">
         <v>2028</v>
       </c>
       <c r="H509" t="s">
         <v>2029</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
         <v>2030</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
         <v>2031</v>
       </c>
       <c r="D510" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E510" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F510" t="s">
-        <v>407</v>
+        <v>640</v>
       </c>
       <c r="G510" s="1" t="s">
         <v>2032</v>
       </c>
       <c r="H510" t="s">
         <v>2033</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
         <v>2034</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
         <v>2035</v>
       </c>
       <c r="D511" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E511" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F511" t="s">
-        <v>160</v>
+        <v>371</v>
       </c>
       <c r="G511" s="1" t="s">
         <v>2036</v>
       </c>
       <c r="H511" t="s">
         <v>2037</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
         <v>2038</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
         <v>2039</v>
       </c>
       <c r="D512" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E512" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F512" t="s">
-        <v>160</v>
+        <v>640</v>
       </c>
       <c r="G512" s="1" t="s">
         <v>2040</v>
       </c>
       <c r="H512" t="s">
         <v>2041</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
         <v>2042</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
         <v>2043</v>
       </c>
       <c r="D513" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E513" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F513" t="s">
-        <v>1144</v>
+        <v>169</v>
       </c>
       <c r="G513" s="1" t="s">
         <v>2044</v>
       </c>
       <c r="H513" t="s">
         <v>2045</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
         <v>2046</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
         <v>2047</v>
       </c>
       <c r="D514" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E514" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F514" t="s">
-        <v>640</v>
+        <v>169</v>
       </c>
       <c r="G514" s="1" t="s">
         <v>2048</v>
       </c>
       <c r="H514" t="s">
         <v>2049</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
         <v>2050</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
         <v>2051</v>
       </c>
       <c r="D515" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E515" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F515" t="s">
-        <v>640</v>
+        <v>371</v>
       </c>
       <c r="G515" s="1" t="s">
         <v>2052</v>
       </c>
       <c r="H515" t="s">
         <v>2053</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
         <v>2054</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
         <v>2055</v>
       </c>
       <c r="D516" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E516" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F516" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G516" s="1" t="s">
         <v>2056</v>
       </c>
       <c r="H516" t="s">
         <v>2057</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
         <v>2058</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
         <v>2059</v>
       </c>
       <c r="D517" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E517" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F517" t="s">
-        <v>94</v>
+        <v>407</v>
       </c>
       <c r="G517" s="1" t="s">
         <v>2060</v>
       </c>
       <c r="H517" t="s">
         <v>2061</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
         <v>2062</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
         <v>2063</v>
       </c>
       <c r="D518" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E518" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F518" t="s">
-        <v>94</v>
+        <v>160</v>
       </c>
       <c r="G518" s="1" t="s">
         <v>2064</v>
       </c>
       <c r="H518" t="s">
         <v>2065</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
         <v>2066</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
         <v>2067</v>
       </c>
       <c r="D519" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E519" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F519" t="s">
-        <v>371</v>
+        <v>160</v>
       </c>
       <c r="G519" s="1" t="s">
         <v>2068</v>
       </c>
       <c r="H519" t="s">
         <v>2069</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
         <v>2070</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
         <v>2071</v>
       </c>
       <c r="D520" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E520" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F520" t="s">
-        <v>169</v>
+        <v>1172</v>
       </c>
       <c r="G520" s="1" t="s">
         <v>2072</v>
       </c>
       <c r="H520" t="s">
         <v>2073</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
         <v>2074</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
         <v>2075</v>
       </c>
       <c r="D521" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E521" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F521" t="s">
-        <v>123</v>
+        <v>640</v>
       </c>
       <c r="G521" s="1" t="s">
         <v>2076</v>
       </c>
       <c r="H521" t="s">
         <v>2077</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
         <v>2078</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
         <v>2079</v>
       </c>
       <c r="D522" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E522" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F522" t="s">
-        <v>371</v>
+        <v>640</v>
       </c>
       <c r="G522" s="1" t="s">
         <v>2080</v>
       </c>
       <c r="H522" t="s">
         <v>2081</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
         <v>2082</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
         <v>2083</v>
       </c>
       <c r="D523" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E523" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F523" t="s">
-        <v>407</v>
+        <v>94</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1419</v>
+        <v>2084</v>
       </c>
       <c r="H523" t="s">
-        <v>2084</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>2085</v>
+        <v>2086</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="D524" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E524" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F524" t="s">
-        <v>1144</v>
+        <v>94</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>2087</v>
+        <v>2088</v>
       </c>
       <c r="H524" t="s">
-        <v>2088</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>2090</v>
+        <v>2091</v>
       </c>
       <c r="D525" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E525" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F525" t="s">
-        <v>123</v>
+        <v>94</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>2091</v>
+        <v>2092</v>
       </c>
       <c r="H525" t="s">
-        <v>2092</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>2093</v>
+        <v>2094</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>2094</v>
+        <v>2095</v>
       </c>
       <c r="D526" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E526" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F526" t="s">
-        <v>123</v>
+        <v>371</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>2095</v>
+        <v>2096</v>
       </c>
       <c r="H526" t="s">
-        <v>2096</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>2097</v>
+        <v>2098</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>2098</v>
+        <v>2099</v>
       </c>
       <c r="D527" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E527" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F527" t="s">
-        <v>664</v>
+        <v>169</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1419</v>
+        <v>2100</v>
       </c>
       <c r="H527" t="s">
-        <v>2099</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>2100</v>
+        <v>2102</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>2101</v>
+        <v>2103</v>
       </c>
       <c r="D528" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E528" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F528" t="s">
-        <v>664</v>
+        <v>123</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>2102</v>
+        <v>2104</v>
       </c>
       <c r="H528" t="s">
-        <v>2103</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>2104</v>
+        <v>2106</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>2105</v>
+        <v>2107</v>
       </c>
       <c r="D529" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E529" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F529" t="s">
-        <v>664</v>
+        <v>371</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>1419</v>
+        <v>2108</v>
       </c>
       <c r="H529" t="s">
-        <v>2106</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>2107</v>
+        <v>2110</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>2108</v>
+        <v>2111</v>
       </c>
       <c r="D530" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E530" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F530" t="s">
-        <v>371</v>
+        <v>407</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>2109</v>
+        <v>1447</v>
       </c>
       <c r="H530" t="s">
-        <v>2110</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>2111</v>
+        <v>2113</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>2112</v>
+        <v>2114</v>
       </c>
       <c r="D531" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E531" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F531" t="s">
-        <v>371</v>
+        <v>1172</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>2113</v>
+        <v>2115</v>
       </c>
       <c r="H531" t="s">
-        <v>2114</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>2115</v>
+        <v>2117</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>2116</v>
+        <v>2118</v>
       </c>
       <c r="D532" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E532" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F532" t="s">
-        <v>640</v>
+        <v>123</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>2117</v>
+        <v>2119</v>
       </c>
       <c r="H532" t="s">
-        <v>2118</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>2119</v>
+        <v>2121</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>2120</v>
+        <v>2122</v>
       </c>
       <c r="D533" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E533" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F533" t="s">
-        <v>1144</v>
+        <v>123</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>2121</v>
+        <v>2123</v>
       </c>
       <c r="H533" t="s">
-        <v>2122</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>2123</v>
+        <v>2125</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>2124</v>
+        <v>2126</v>
       </c>
       <c r="D534" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E534" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F534" t="s">
-        <v>640</v>
+        <v>664</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>2125</v>
+        <v>1447</v>
       </c>
       <c r="H534" t="s">
-        <v>2126</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>2127</v>
+        <v>2128</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>2128</v>
+        <v>2129</v>
       </c>
       <c r="D535" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E535" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F535" t="s">
-        <v>169</v>
+        <v>664</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>2129</v>
+        <v>2130</v>
       </c>
       <c r="H535" t="s">
-        <v>2130</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>2131</v>
+        <v>2132</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>2132</v>
+        <v>2133</v>
       </c>
       <c r="D536" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E536" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F536" t="s">
-        <v>169</v>
+        <v>664</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>2133</v>
+        <v>1447</v>
       </c>
       <c r="H536" t="s">
         <v>2134</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
         <v>2135</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
         <v>2136</v>
       </c>
       <c r="D537" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E537" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F537" t="s">
-        <v>640</v>
+        <v>371</v>
       </c>
       <c r="G537" s="1" t="s">
         <v>2137</v>
       </c>
       <c r="H537" t="s">
         <v>2138</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
         <v>2139</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
         <v>2140</v>
       </c>
       <c r="D538" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E538" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F538" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G538" s="1" t="s">
         <v>2141</v>
       </c>
       <c r="H538" t="s">
         <v>2142</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
         <v>2143</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
         <v>2144</v>
       </c>
       <c r="D539" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E539" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F539" t="s">
-        <v>94</v>
+        <v>640</v>
       </c>
       <c r="G539" s="1" t="s">
         <v>2145</v>
       </c>
       <c r="H539" t="s">
         <v>2146</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
         <v>2147</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
         <v>2148</v>
       </c>
       <c r="D540" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E540" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F540" t="s">
-        <v>94</v>
+        <v>1172</v>
       </c>
       <c r="G540" s="1" t="s">
         <v>2149</v>
       </c>
       <c r="H540" t="s">
         <v>2150</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
         <v>2151</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
         <v>2152</v>
       </c>
       <c r="D541" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E541" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F541" t="s">
-        <v>664</v>
+        <v>640</v>
       </c>
       <c r="G541" s="1" t="s">
         <v>2153</v>
       </c>
       <c r="H541" t="s">
         <v>2154</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
         <v>2155</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
         <v>2156</v>
       </c>
       <c r="D542" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E542" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F542" t="s">
-        <v>664</v>
+        <v>169</v>
       </c>
       <c r="G542" s="1" t="s">
         <v>2157</v>
       </c>
       <c r="H542" t="s">
         <v>2158</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
         <v>2159</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
         <v>2160</v>
       </c>
       <c r="D543" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E543" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F543" t="s">
-        <v>1151</v>
+        <v>169</v>
       </c>
       <c r="G543" s="1" t="s">
         <v>2161</v>
       </c>
       <c r="H543" t="s">
         <v>2162</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
         <v>2163</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
         <v>2164</v>
       </c>
       <c r="D544" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E544" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F544" t="s">
-        <v>1151</v>
+        <v>640</v>
       </c>
       <c r="G544" s="1" t="s">
         <v>2165</v>
       </c>
       <c r="H544" t="s">
         <v>2166</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
         <v>2167</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
         <v>2168</v>
       </c>
       <c r="D545" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E545" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F545" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G545" s="1" t="s">
         <v>2169</v>
       </c>
       <c r="H545" t="s">
         <v>2170</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
         <v>2171</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
         <v>2172</v>
       </c>
       <c r="D546" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E546" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F546" t="s">
-        <v>664</v>
+        <v>94</v>
       </c>
       <c r="G546" s="1" t="s">
         <v>2173</v>
       </c>
       <c r="H546" t="s">
         <v>2174</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
         <v>2175</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
         <v>2176</v>
       </c>
       <c r="D547" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E547" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F547" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G547" s="1" t="s">
         <v>2177</v>
       </c>
       <c r="H547" t="s">
         <v>2178</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
         <v>2179</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
         <v>2180</v>
       </c>
       <c r="D548" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E548" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F548" t="s">
-        <v>1144</v>
+        <v>664</v>
       </c>
       <c r="G548" s="1" t="s">
         <v>2181</v>
       </c>
       <c r="H548" t="s">
         <v>2182</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
         <v>2183</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
         <v>2184</v>
       </c>
       <c r="D549" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E549" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F549" t="s">
-        <v>160</v>
+        <v>664</v>
       </c>
       <c r="G549" s="1" t="s">
         <v>2185</v>
       </c>
       <c r="H549" t="s">
         <v>2186</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
         <v>2187</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
         <v>2188</v>
       </c>
       <c r="D550" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E550" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F550" t="s">
-        <v>160</v>
+        <v>1179</v>
       </c>
       <c r="G550" s="1" t="s">
         <v>2189</v>
       </c>
       <c r="H550" t="s">
         <v>2190</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
         <v>2191</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
         <v>2192</v>
       </c>
       <c r="D551" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E551" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F551" t="s">
-        <v>371</v>
+        <v>1179</v>
       </c>
       <c r="G551" s="1" t="s">
         <v>2193</v>
       </c>
       <c r="H551" t="s">
         <v>2194</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
         <v>2195</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
         <v>2196</v>
       </c>
       <c r="D552" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E552" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F552" t="s">
-        <v>371</v>
+        <v>169</v>
       </c>
       <c r="G552" s="1" t="s">
         <v>2197</v>
       </c>
       <c r="H552" t="s">
         <v>2198</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
         <v>2199</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
         <v>2200</v>
       </c>
       <c r="D553" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E553" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F553" t="s">
-        <v>907</v>
+        <v>664</v>
       </c>
       <c r="G553" s="1" t="s">
         <v>2201</v>
       </c>
       <c r="H553" t="s">
         <v>2202</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
         <v>2203</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
         <v>2204</v>
       </c>
       <c r="D554" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E554" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F554" t="s">
-        <v>907</v>
+        <v>371</v>
       </c>
       <c r="G554" s="1" t="s">
         <v>2205</v>
       </c>
       <c r="H554" t="s">
         <v>2206</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
         <v>2207</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
         <v>2208</v>
       </c>
       <c r="D555" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E555" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F555" t="s">
-        <v>371</v>
+        <v>1172</v>
       </c>
       <c r="G555" s="1" t="s">
         <v>2209</v>
       </c>
       <c r="H555" t="s">
         <v>2210</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
         <v>2211</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
         <v>2212</v>
       </c>
       <c r="D556" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E556" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F556" t="s">
-        <v>123</v>
+        <v>160</v>
       </c>
       <c r="G556" s="1" t="s">
         <v>2213</v>
       </c>
       <c r="H556" t="s">
         <v>2214</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
         <v>2215</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
         <v>2216</v>
       </c>
       <c r="D557" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E557" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F557" t="s">
-        <v>123</v>
+        <v>160</v>
       </c>
       <c r="G557" s="1" t="s">
         <v>2217</v>
       </c>
       <c r="H557" t="s">
         <v>2218</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
         <v>2219</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
         <v>2220</v>
       </c>
       <c r="D558" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E558" t="s">
-        <v>1184</v>
+        <v>1212</v>
+      </c>
+      <c r="F558" t="s">
+        <v>371</v>
       </c>
       <c r="G558" s="1" t="s">
         <v>2221</v>
       </c>
       <c r="H558" t="s">
         <v>2222</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
         <v>2223</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
         <v>2224</v>
       </c>
       <c r="D559" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E559" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F559" t="s">
-        <v>407</v>
+        <v>371</v>
       </c>
       <c r="G559" s="1" t="s">
         <v>2225</v>
       </c>
       <c r="H559" t="s">
         <v>2226</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
         <v>2227</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
         <v>2228</v>
       </c>
       <c r="D560" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E560" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F560" t="s">
-        <v>169</v>
+        <v>907</v>
       </c>
       <c r="G560" s="1" t="s">
         <v>2229</v>
       </c>
       <c r="H560" t="s">
         <v>2230</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
         <v>2231</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
         <v>2232</v>
       </c>
       <c r="D561" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E561" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F561" t="s">
-        <v>169</v>
+        <v>907</v>
       </c>
       <c r="G561" s="1" t="s">
         <v>2233</v>
       </c>
       <c r="H561" t="s">
         <v>2234</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
         <v>2235</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
         <v>2236</v>
       </c>
       <c r="D562" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E562" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F562" t="s">
-        <v>169</v>
+        <v>371</v>
       </c>
       <c r="G562" s="1" t="s">
         <v>2237</v>
       </c>
       <c r="H562" t="s">
         <v>2238</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
         <v>2239</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
         <v>2240</v>
       </c>
       <c r="D563" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E563" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F563" t="s">
-        <v>907</v>
+        <v>123</v>
       </c>
       <c r="G563" s="1" t="s">
         <v>2241</v>
       </c>
       <c r="H563" t="s">
         <v>2242</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
         <v>2243</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
         <v>2244</v>
       </c>
       <c r="D564" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E564" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F564" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="G564" s="1" t="s">
         <v>2245</v>
       </c>
       <c r="H564" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
         <v>2247</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
         <v>2248</v>
       </c>
       <c r="D565" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E565" t="s">
-        <v>1184</v>
-[...2 lines deleted...]
-        <v>94</v>
+        <v>1212</v>
       </c>
       <c r="G565" s="1" t="s">
         <v>2249</v>
       </c>
       <c r="H565" t="s">
         <v>2250</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
         <v>2251</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
         <v>2252</v>
       </c>
       <c r="D566" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E566" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F566" t="s">
-        <v>94</v>
+        <v>407</v>
       </c>
       <c r="G566" s="1" t="s">
         <v>2253</v>
       </c>
       <c r="H566" t="s">
         <v>2254</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
         <v>2255</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
         <v>2256</v>
       </c>
       <c r="D567" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E567" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F567" t="s">
-        <v>640</v>
+        <v>169</v>
       </c>
       <c r="G567" s="1" t="s">
         <v>2257</v>
       </c>
       <c r="H567" t="s">
         <v>2258</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
         <v>2259</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
         <v>2260</v>
       </c>
       <c r="D568" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E568" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F568" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="G568" s="1" t="s">
         <v>2261</v>
       </c>
       <c r="H568" t="s">
         <v>2262</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
         <v>2263</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
         <v>2264</v>
       </c>
       <c r="D569" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E569" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F569" t="s">
-        <v>371</v>
+        <v>169</v>
       </c>
       <c r="G569" s="1" t="s">
         <v>2265</v>
       </c>
       <c r="H569" t="s">
         <v>2266</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
         <v>2267</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
         <v>2268</v>
       </c>
       <c r="D570" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E570" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F570" t="s">
-        <v>640</v>
+        <v>907</v>
       </c>
       <c r="G570" s="1" t="s">
         <v>2269</v>
       </c>
       <c r="H570" t="s">
         <v>2270</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
         <v>2271</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
         <v>2272</v>
       </c>
       <c r="D571" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E571" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F571" t="s">
         <v>94</v>
       </c>
       <c r="G571" s="1" t="s">
         <v>2273</v>
       </c>
       <c r="H571" t="s">
         <v>2274</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
         <v>2275</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
         <v>2276</v>
       </c>
       <c r="D572" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E572" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F572" t="s">
         <v>94</v>
       </c>
       <c r="G572" s="1" t="s">
         <v>2277</v>
       </c>
       <c r="H572" t="s">
         <v>2278</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
         <v>2279</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
         <v>2280</v>
       </c>
       <c r="D573" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E573" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F573" t="s">
-        <v>1151</v>
+        <v>94</v>
       </c>
       <c r="G573" s="1" t="s">
         <v>2281</v>
       </c>
       <c r="H573" t="s">
         <v>2282</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
         <v>2283</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
         <v>2284</v>
       </c>
       <c r="D574" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E574" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F574" t="s">
-        <v>1151</v>
+        <v>640</v>
       </c>
       <c r="G574" s="1" t="s">
         <v>2285</v>
       </c>
       <c r="H574" t="s">
         <v>2286</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
         <v>2287</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
         <v>2288</v>
       </c>
       <c r="D575" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E575" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F575" t="s">
-        <v>1151</v>
+        <v>160</v>
       </c>
       <c r="G575" s="1" t="s">
         <v>2289</v>
       </c>
       <c r="H575" t="s">
         <v>2290</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
         <v>2291</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
         <v>2292</v>
       </c>
       <c r="D576" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E576" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F576" t="s">
-        <v>664</v>
+        <v>371</v>
       </c>
       <c r="G576" s="1" t="s">
         <v>2293</v>
       </c>
       <c r="H576" t="s">
         <v>2294</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
         <v>2295</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
         <v>2296</v>
       </c>
       <c r="D577" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E577" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F577" t="s">
         <v>640</v>
       </c>
       <c r="G577" s="1" t="s">
         <v>2297</v>
       </c>
       <c r="H577" t="s">
         <v>2298</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
         <v>2299</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
         <v>2300</v>
       </c>
       <c r="D578" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E578" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F578" t="s">
         <v>94</v>
       </c>
       <c r="G578" s="1" t="s">
         <v>2301</v>
       </c>
       <c r="H578" t="s">
         <v>2302</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
         <v>2303</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
         <v>2304</v>
       </c>
       <c r="D579" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E579" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F579" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G579" s="1" t="s">
         <v>2305</v>
       </c>
       <c r="H579" t="s">
         <v>2306</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
         <v>2307</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
         <v>2308</v>
       </c>
       <c r="D580" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E580" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F580" t="s">
-        <v>371</v>
+        <v>1179</v>
       </c>
       <c r="G580" s="1" t="s">
         <v>2309</v>
       </c>
       <c r="H580" t="s">
         <v>2310</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
         <v>2311</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
         <v>2312</v>
       </c>
       <c r="D581" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E581" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F581" t="s">
-        <v>169</v>
+        <v>1179</v>
       </c>
       <c r="G581" s="1" t="s">
         <v>2313</v>
       </c>
       <c r="H581" t="s">
         <v>2314</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
         <v>2315</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
         <v>2316</v>
       </c>
       <c r="D582" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E582" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F582" t="s">
-        <v>169</v>
+        <v>1179</v>
       </c>
       <c r="G582" s="1" t="s">
         <v>2317</v>
       </c>
       <c r="H582" t="s">
         <v>2318</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
         <v>2319</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
         <v>2320</v>
       </c>
       <c r="D583" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E583" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F583" t="s">
-        <v>169</v>
+        <v>664</v>
       </c>
       <c r="G583" s="1" t="s">
         <v>2321</v>
       </c>
       <c r="H583" t="s">
         <v>2322</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
         <v>2323</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
         <v>2324</v>
       </c>
       <c r="D584" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E584" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F584" t="s">
         <v>640</v>
       </c>
       <c r="G584" s="1" t="s">
         <v>2325</v>
       </c>
       <c r="H584" t="s">
         <v>2326</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
         <v>2327</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
         <v>2328</v>
       </c>
       <c r="D585" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E585" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F585" t="s">
-        <v>640</v>
+        <v>94</v>
       </c>
       <c r="G585" s="1" t="s">
         <v>2329</v>
       </c>
       <c r="H585" t="s">
         <v>2330</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
         <v>2331</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
         <v>2332</v>
       </c>
       <c r="D586" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E586" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F586" t="s">
-        <v>160</v>
+        <v>371</v>
       </c>
       <c r="G586" s="1" t="s">
         <v>2333</v>
       </c>
       <c r="H586" t="s">
         <v>2334</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
         <v>2335</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
         <v>2336</v>
       </c>
       <c r="D587" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E587" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F587" t="s">
-        <v>160</v>
+        <v>371</v>
       </c>
       <c r="G587" s="1" t="s">
         <v>2337</v>
       </c>
       <c r="H587" t="s">
         <v>2338</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
         <v>2339</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
         <v>2340</v>
       </c>
       <c r="D588" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E588" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F588" t="s">
-        <v>907</v>
+        <v>169</v>
       </c>
       <c r="G588" s="1" t="s">
         <v>2341</v>
       </c>
       <c r="H588" t="s">
         <v>2342</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
         <v>2343</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
         <v>2344</v>
       </c>
       <c r="D589" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E589" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F589" t="s">
-        <v>907</v>
+        <v>169</v>
       </c>
       <c r="G589" s="1" t="s">
         <v>2345</v>
       </c>
       <c r="H589" t="s">
         <v>2346</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
         <v>2347</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
         <v>2348</v>
       </c>
       <c r="D590" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E590" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F590" t="s">
-        <v>407</v>
+        <v>169</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>1419</v>
+        <v>2349</v>
       </c>
       <c r="H590" t="s">
-        <v>2349</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>2350</v>
+        <v>2351</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>2351</v>
+        <v>2352</v>
       </c>
       <c r="D591" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E591" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F591" t="s">
-        <v>664</v>
+        <v>640</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="H591" t="s">
-        <v>2353</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>2354</v>
+        <v>2355</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>2355</v>
+        <v>2356</v>
       </c>
       <c r="D592" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E592" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F592" t="s">
-        <v>664</v>
+        <v>640</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>2356</v>
+        <v>2357</v>
       </c>
       <c r="H592" t="s">
-        <v>2357</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>2358</v>
+        <v>2359</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>2359</v>
+        <v>2360</v>
       </c>
       <c r="D593" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E593" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F593" t="s">
         <v>160</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>1419</v>
+        <v>2361</v>
       </c>
       <c r="H593" t="s">
-        <v>2360</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>2361</v>
+        <v>2363</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>2362</v>
+        <v>2364</v>
       </c>
       <c r="D594" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E594" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F594" t="s">
-        <v>371</v>
+        <v>160</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>2363</v>
+        <v>2365</v>
       </c>
       <c r="H594" t="s">
-        <v>2364</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>2365</v>
+        <v>2367</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>2366</v>
+        <v>2368</v>
       </c>
       <c r="D595" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E595" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F595" t="s">
-        <v>1151</v>
+        <v>907</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>2367</v>
+        <v>2369</v>
       </c>
       <c r="H595" t="s">
-        <v>2368</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>2369</v>
+        <v>2371</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>2370</v>
+        <v>2372</v>
       </c>
       <c r="D596" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E596" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F596" t="s">
-        <v>1151</v>
+        <v>907</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>2371</v>
+        <v>2373</v>
       </c>
       <c r="H596" t="s">
-        <v>2372</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>2373</v>
+        <v>2375</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>2374</v>
+        <v>2376</v>
       </c>
       <c r="D597" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E597" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F597" t="s">
-        <v>94</v>
+        <v>407</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>2375</v>
+        <v>1447</v>
       </c>
       <c r="H597" t="s">
-        <v>2376</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>2377</v>
+        <v>2378</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>2378</v>
+        <v>2379</v>
       </c>
       <c r="D598" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E598" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F598" t="s">
-        <v>94</v>
+        <v>664</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>2379</v>
+        <v>2380</v>
       </c>
       <c r="H598" t="s">
-        <v>2380</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>2381</v>
+        <v>2382</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>2382</v>
+        <v>2383</v>
       </c>
       <c r="D599" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E599" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F599" t="s">
-        <v>94</v>
+        <v>664</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>2383</v>
+        <v>2384</v>
       </c>
       <c r="H599" t="s">
-        <v>2384</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>2385</v>
+        <v>2386</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>2386</v>
+        <v>2387</v>
       </c>
       <c r="D600" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E600" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F600" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>2387</v>
+        <v>1447</v>
       </c>
       <c r="H600" t="s">
         <v>2388</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
         <v>2389</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
         <v>2390</v>
       </c>
       <c r="D601" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E601" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F601" t="s">
-        <v>169</v>
+        <v>371</v>
       </c>
       <c r="G601" s="1" t="s">
         <v>2391</v>
       </c>
       <c r="H601" t="s">
         <v>2392</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
         <v>2393</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
         <v>2394</v>
       </c>
       <c r="D602" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E602" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F602" t="s">
-        <v>169</v>
+        <v>1179</v>
       </c>
       <c r="G602" s="1" t="s">
         <v>2395</v>
       </c>
       <c r="H602" t="s">
         <v>2396</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
         <v>2397</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
         <v>2398</v>
       </c>
       <c r="D603" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E603" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F603" t="s">
-        <v>371</v>
+        <v>1179</v>
       </c>
       <c r="G603" s="1" t="s">
         <v>2399</v>
       </c>
       <c r="H603" t="s">
         <v>2400</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
         <v>2401</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
         <v>2402</v>
       </c>
       <c r="D604" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E604" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F604" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G604" s="1" t="s">
         <v>2403</v>
       </c>
       <c r="H604" t="s">
         <v>2404</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
         <v>2405</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
         <v>2406</v>
       </c>
       <c r="D605" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E605" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F605" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G605" s="1" t="s">
         <v>2407</v>
       </c>
       <c r="H605" t="s">
         <v>2408</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
         <v>2409</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
         <v>2410</v>
       </c>
       <c r="D606" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E606" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F606" t="s">
-        <v>690</v>
+        <v>94</v>
       </c>
       <c r="G606" s="1" t="s">
         <v>2411</v>
       </c>
       <c r="H606" t="s">
         <v>2412</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
         <v>2413</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
         <v>2414</v>
       </c>
       <c r="D607" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E607" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F607" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="G607" s="1" t="s">
         <v>2415</v>
       </c>
       <c r="H607" t="s">
         <v>2416</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
         <v>2417</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
         <v>2418</v>
       </c>
       <c r="D608" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E608" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F608" t="s">
-        <v>186</v>
+        <v>169</v>
       </c>
       <c r="G608" s="1" t="s">
         <v>2419</v>
       </c>
       <c r="H608" t="s">
         <v>2420</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
         <v>2421</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
         <v>2422</v>
       </c>
       <c r="D609" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E609" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F609" t="s">
-        <v>186</v>
+        <v>169</v>
       </c>
       <c r="G609" s="1" t="s">
         <v>2423</v>
       </c>
       <c r="H609" t="s">
         <v>2424</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
         <v>2425</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
         <v>2426</v>
       </c>
       <c r="D610" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E610" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F610" t="s">
-        <v>186</v>
+        <v>371</v>
       </c>
       <c r="G610" s="1" t="s">
         <v>2427</v>
       </c>
       <c r="H610" t="s">
         <v>2428</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
         <v>2429</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
         <v>2430</v>
       </c>
       <c r="D611" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E611" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F611" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G611" s="1" t="s">
         <v>2431</v>
       </c>
       <c r="H611" t="s">
         <v>2432</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
         <v>2433</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
         <v>2434</v>
       </c>
       <c r="D612" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E612" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F612" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G612" s="1" t="s">
         <v>2435</v>
       </c>
       <c r="H612" t="s">
         <v>2436</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
         <v>2437</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
         <v>2438</v>
       </c>
       <c r="D613" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E613" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F613" t="s">
-        <v>94</v>
+        <v>690</v>
       </c>
       <c r="G613" s="1" t="s">
         <v>2439</v>
       </c>
       <c r="H613" t="s">
         <v>2440</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
         <v>2441</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
         <v>2442</v>
       </c>
       <c r="D614" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E614" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F614" t="s">
-        <v>123</v>
+        <v>160</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>1419</v>
+        <v>2443</v>
       </c>
       <c r="H614" t="s">
-        <v>2443</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>2444</v>
+        <v>2445</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>2445</v>
+        <v>2446</v>
       </c>
       <c r="D615" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E615" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F615" t="s">
-        <v>123</v>
+        <v>186</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
       <c r="H615" t="s">
-        <v>2447</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>2448</v>
+        <v>2449</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>2449</v>
+        <v>2450</v>
       </c>
       <c r="D616" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E616" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F616" t="s">
-        <v>123</v>
+        <v>186</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>2450</v>
+        <v>2451</v>
       </c>
       <c r="H616" t="s">
-        <v>2451</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
-        <v>2453</v>
+        <v>2454</v>
       </c>
       <c r="D617" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E617" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F617" t="s">
-        <v>640</v>
+        <v>186</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>2454</v>
+        <v>2455</v>
       </c>
       <c r="H617" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
-        <v>2457</v>
+        <v>2458</v>
       </c>
       <c r="D618" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E618" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F618" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
       <c r="H618" t="s">
-        <v>2459</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
-        <v>2461</v>
+        <v>2462</v>
       </c>
       <c r="D619" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E619" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F619" t="s">
-        <v>160</v>
+        <v>94</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
       <c r="H619" t="s">
-        <v>2463</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
-        <v>2464</v>
+        <v>2465</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>2465</v>
+        <v>2466</v>
       </c>
       <c r="D620" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E620" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F620" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>2466</v>
+        <v>2467</v>
       </c>
       <c r="H620" t="s">
-        <v>2467</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>2468</v>
+        <v>2469</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
-        <v>2469</v>
+        <v>2470</v>
       </c>
       <c r="D621" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E621" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F621" t="s">
-        <v>169</v>
+        <v>123</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>2470</v>
+        <v>1447</v>
       </c>
       <c r="H621" t="s">
         <v>2471</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
         <v>2472</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
         <v>2473</v>
       </c>
       <c r="D622" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E622" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F622" t="s">
-        <v>169</v>
+        <v>123</v>
       </c>
       <c r="G622" s="1" t="s">
         <v>2474</v>
       </c>
       <c r="H622" t="s">
         <v>2475</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
         <v>2476</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
         <v>2477</v>
       </c>
       <c r="D623" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E623" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F623" t="s">
-        <v>664</v>
+        <v>123</v>
       </c>
       <c r="G623" s="1" t="s">
         <v>2478</v>
       </c>
       <c r="H623" t="s">
         <v>2479</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
         <v>2480</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
         <v>2481</v>
       </c>
       <c r="D624" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E624" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F624" t="s">
-        <v>94</v>
+        <v>640</v>
       </c>
       <c r="G624" s="1" t="s">
         <v>2482</v>
       </c>
       <c r="H624" t="s">
         <v>2483</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
         <v>2484</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
         <v>2485</v>
       </c>
       <c r="D625" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E625" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F625" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G625" s="1" t="s">
         <v>2486</v>
       </c>
       <c r="H625" t="s">
         <v>2487</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
         <v>2488</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
         <v>2489</v>
       </c>
       <c r="D626" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E626" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F626" t="s">
-        <v>94</v>
+        <v>160</v>
       </c>
       <c r="G626" s="1" t="s">
         <v>2490</v>
       </c>
       <c r="H626" t="s">
         <v>2491</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
         <v>2492</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
         <v>2493</v>
       </c>
       <c r="D627" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E627" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F627" t="s">
-        <v>407</v>
+        <v>169</v>
       </c>
       <c r="G627" s="1" t="s">
         <v>2494</v>
       </c>
       <c r="H627" t="s">
         <v>2495</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
         <v>2496</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
         <v>2497</v>
       </c>
       <c r="D628" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E628" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F628" t="s">
-        <v>371</v>
+        <v>169</v>
       </c>
       <c r="G628" s="1" t="s">
         <v>2498</v>
       </c>
       <c r="H628" t="s">
         <v>2499</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
         <v>2500</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
         <v>2501</v>
       </c>
       <c r="D629" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E629" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F629" t="s">
-        <v>371</v>
+        <v>169</v>
       </c>
       <c r="G629" s="1" t="s">
         <v>2502</v>
       </c>
       <c r="H629" t="s">
         <v>2503</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
         <v>2504</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
         <v>2505</v>
       </c>
       <c r="D630" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E630" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F630" t="s">
-        <v>160</v>
+        <v>664</v>
       </c>
       <c r="G630" s="1" t="s">
         <v>2506</v>
       </c>
       <c r="H630" t="s">
         <v>2507</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
         <v>2508</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
         <v>2509</v>
       </c>
       <c r="D631" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E631" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F631" t="s">
-        <v>664</v>
+        <v>94</v>
       </c>
       <c r="G631" s="1" t="s">
         <v>2510</v>
       </c>
       <c r="H631" t="s">
         <v>2511</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
         <v>2512</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
         <v>2513</v>
       </c>
       <c r="D632" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E632" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F632" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G632" s="1" t="s">
         <v>2514</v>
       </c>
       <c r="H632" t="s">
         <v>2515</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
         <v>2516</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
         <v>2517</v>
       </c>
       <c r="D633" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E633" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F633" t="s">
-        <v>640</v>
+        <v>94</v>
       </c>
       <c r="G633" s="1" t="s">
         <v>2518</v>
       </c>
       <c r="H633" t="s">
         <v>2519</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
         <v>2520</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
         <v>2521</v>
       </c>
       <c r="D634" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E634" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F634" t="s">
-        <v>1144</v>
+        <v>407</v>
       </c>
       <c r="G634" s="1" t="s">
         <v>2522</v>
       </c>
       <c r="H634" t="s">
         <v>2523</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
         <v>2524</v>
       </c>
       <c r="B635" t="s">
         <v>9</v>
       </c>
       <c r="C635" t="s">
         <v>2525</v>
       </c>
       <c r="D635" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E635" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F635" t="s">
-        <v>907</v>
+        <v>371</v>
       </c>
       <c r="G635" s="1" t="s">
         <v>2526</v>
       </c>
       <c r="H635" t="s">
         <v>2527</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
         <v>2528</v>
       </c>
       <c r="B636" t="s">
         <v>9</v>
       </c>
       <c r="C636" t="s">
         <v>2529</v>
       </c>
       <c r="D636" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E636" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F636" t="s">
-        <v>907</v>
+        <v>371</v>
       </c>
       <c r="G636" s="1" t="s">
         <v>2530</v>
       </c>
       <c r="H636" t="s">
         <v>2531</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
         <v>2532</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
         <v>2533</v>
       </c>
       <c r="D637" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E637" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F637" t="s">
-        <v>907</v>
+        <v>160</v>
       </c>
       <c r="G637" s="1" t="s">
         <v>2534</v>
       </c>
       <c r="H637" t="s">
         <v>2535</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
         <v>2536</v>
       </c>
       <c r="B638" t="s">
         <v>9</v>
       </c>
       <c r="C638" t="s">
         <v>2537</v>
       </c>
       <c r="D638" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E638" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F638" t="s">
-        <v>94</v>
+        <v>664</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>1419</v>
+        <v>2538</v>
       </c>
       <c r="H638" t="s">
-        <v>2538</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
-        <v>2539</v>
+        <v>2540</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
-        <v>2540</v>
+        <v>2541</v>
       </c>
       <c r="D639" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E639" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F639" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>2541</v>
+        <v>2542</v>
       </c>
       <c r="H639" t="s">
-        <v>2542</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>2543</v>
+        <v>2544</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>2544</v>
+        <v>2545</v>
       </c>
       <c r="D640" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E640" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F640" t="s">
-        <v>94</v>
+        <v>640</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>1419</v>
+        <v>2546</v>
       </c>
       <c r="H640" t="s">
-        <v>2545</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>2546</v>
+        <v>2548</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>2547</v>
+        <v>2549</v>
       </c>
       <c r="D641" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E641" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F641" t="s">
-        <v>640</v>
+        <v>1172</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>2548</v>
+        <v>2550</v>
       </c>
       <c r="H641" t="s">
-        <v>2549</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>2550</v>
+        <v>2552</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>2551</v>
+        <v>2553</v>
       </c>
       <c r="D642" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E642" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F642" t="s">
-        <v>1151</v>
+        <v>907</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>2552</v>
+        <v>2554</v>
       </c>
       <c r="H642" t="s">
-        <v>2553</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>2554</v>
+        <v>2556</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>2555</v>
+        <v>2557</v>
       </c>
       <c r="D643" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E643" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F643" t="s">
-        <v>1151</v>
+        <v>907</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>2556</v>
+        <v>2558</v>
       </c>
       <c r="H643" t="s">
-        <v>2557</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>2558</v>
+        <v>2560</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>2559</v>
+        <v>2561</v>
       </c>
       <c r="D644" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E644" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F644" t="s">
-        <v>1151</v>
+        <v>907</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>2560</v>
+        <v>2562</v>
       </c>
       <c r="H644" t="s">
-        <v>2561</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>2562</v>
+        <v>2564</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>2563</v>
+        <v>2565</v>
       </c>
       <c r="D645" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E645" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F645" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>2564</v>
+        <v>1447</v>
       </c>
       <c r="H645" t="s">
-        <v>2565</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>2566</v>
+        <v>2567</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>2567</v>
+        <v>2568</v>
       </c>
       <c r="D646" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E646" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F646" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>2568</v>
+        <v>2569</v>
       </c>
       <c r="H646" t="s">
-        <v>2569</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>2570</v>
+        <v>2571</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
-        <v>2571</v>
+        <v>2572</v>
       </c>
       <c r="D647" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E647" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F647" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>2572</v>
+        <v>1447</v>
       </c>
       <c r="H647" t="s">
         <v>2573</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
         <v>2574</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
         <v>2575</v>
       </c>
       <c r="D648" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E648" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F648" t="s">
-        <v>371</v>
+        <v>640</v>
       </c>
       <c r="G648" s="1" t="s">
         <v>2576</v>
       </c>
       <c r="H648" t="s">
         <v>2577</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
         <v>2578</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
         <v>2579</v>
       </c>
       <c r="D649" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E649" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F649" t="s">
-        <v>186</v>
+        <v>1179</v>
       </c>
       <c r="G649" s="1" t="s">
         <v>2580</v>
       </c>
       <c r="H649" t="s">
         <v>2581</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
         <v>2582</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
         <v>2583</v>
       </c>
       <c r="D650" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E650" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F650" t="s">
-        <v>186</v>
+        <v>1179</v>
       </c>
       <c r="G650" s="1" t="s">
         <v>2584</v>
       </c>
       <c r="H650" t="s">
         <v>2585</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
         <v>2586</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
         <v>2587</v>
       </c>
       <c r="D651" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E651" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F651" t="s">
-        <v>186</v>
+        <v>1179</v>
       </c>
       <c r="G651" s="1" t="s">
         <v>2588</v>
       </c>
       <c r="H651" t="s">
         <v>2589</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
         <v>2590</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
         <v>2591</v>
       </c>
       <c r="D652" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E652" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F652" t="s">
-        <v>664</v>
+        <v>169</v>
       </c>
       <c r="G652" s="1" t="s">
         <v>2592</v>
       </c>
       <c r="H652" t="s">
         <v>2593</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
         <v>2594</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
         <v>2595</v>
       </c>
       <c r="D653" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E653" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F653" t="s">
-        <v>664</v>
+        <v>169</v>
       </c>
       <c r="G653" s="1" t="s">
         <v>2596</v>
       </c>
       <c r="H653" t="s">
         <v>2597</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
         <v>2598</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
         <v>2599</v>
       </c>
       <c r="D654" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E654" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F654" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G654" s="1" t="s">
         <v>2600</v>
       </c>
       <c r="H654" t="s">
         <v>2601</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
         <v>2602</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
         <v>2603</v>
       </c>
       <c r="D655" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E655" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F655" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G655" s="1" t="s">
         <v>2604</v>
       </c>
       <c r="H655" t="s">
         <v>2605</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
         <v>2606</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
         <v>2607</v>
       </c>
       <c r="D656" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E656" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F656" t="s">
-        <v>94</v>
+        <v>186</v>
       </c>
       <c r="G656" s="1" t="s">
         <v>2608</v>
       </c>
       <c r="H656" t="s">
         <v>2609</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
         <v>2610</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
         <v>2611</v>
       </c>
       <c r="D657" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E657" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F657" t="s">
-        <v>664</v>
+        <v>186</v>
       </c>
       <c r="G657" s="1" t="s">
         <v>2612</v>
       </c>
       <c r="H657" t="s">
         <v>2613</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
         <v>2614</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
         <v>2615</v>
       </c>
       <c r="D658" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E658" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F658" t="s">
-        <v>371</v>
+        <v>186</v>
       </c>
       <c r="G658" s="1" t="s">
         <v>2616</v>
       </c>
       <c r="H658" t="s">
         <v>2617</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
         <v>2618</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
         <v>2619</v>
       </c>
       <c r="D659" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E659" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F659" t="s">
-        <v>1151</v>
+        <v>664</v>
       </c>
       <c r="G659" s="1" t="s">
         <v>2620</v>
       </c>
       <c r="H659" t="s">
         <v>2621</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
         <v>2622</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
         <v>2623</v>
       </c>
       <c r="D660" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E660" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F660" t="s">
-        <v>1151</v>
+        <v>664</v>
       </c>
       <c r="G660" s="1" t="s">
         <v>2624</v>
       </c>
       <c r="H660" t="s">
         <v>2625</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
         <v>2626</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
         <v>2627</v>
       </c>
       <c r="D661" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E661" t="s">
-        <v>1184</v>
+        <v>1212</v>
+      </c>
+      <c r="F661" t="s">
+        <v>94</v>
       </c>
       <c r="G661" s="1" t="s">
         <v>2628</v>
       </c>
       <c r="H661" t="s">
         <v>2629</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
         <v>2630</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
         <v>2631</v>
       </c>
       <c r="D662" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E662" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F662" t="s">
-        <v>123</v>
+        <v>94</v>
       </c>
       <c r="G662" s="1" t="s">
         <v>2632</v>
       </c>
       <c r="H662" t="s">
         <v>2633</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
         <v>2634</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
         <v>2635</v>
       </c>
       <c r="D663" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E663" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F663" t="s">
-        <v>123</v>
+        <v>94</v>
       </c>
       <c r="G663" s="1" t="s">
         <v>2636</v>
       </c>
       <c r="H663" t="s">
         <v>2637</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
         <v>2638</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
         <v>2639</v>
       </c>
       <c r="D664" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E664" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F664" t="s">
-        <v>123</v>
+        <v>664</v>
       </c>
       <c r="G664" s="1" t="s">
         <v>2640</v>
       </c>
       <c r="H664" t="s">
         <v>2641</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
         <v>2642</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
         <v>2643</v>
       </c>
       <c r="D665" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E665" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F665" t="s">
-        <v>123</v>
+        <v>371</v>
       </c>
       <c r="G665" s="1" t="s">
         <v>2644</v>
       </c>
       <c r="H665" t="s">
         <v>2645</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
         <v>2646</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
         <v>2647</v>
       </c>
       <c r="D666" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E666" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F666" t="s">
-        <v>407</v>
+        <v>1179</v>
       </c>
       <c r="G666" s="1" t="s">
         <v>2648</v>
       </c>
       <c r="H666" t="s">
         <v>2649</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
         <v>2650</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
         <v>2651</v>
       </c>
       <c r="D667" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E667" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F667" t="s">
-        <v>407</v>
+        <v>1179</v>
       </c>
       <c r="G667" s="1" t="s">
         <v>2652</v>
       </c>
       <c r="H667" t="s">
         <v>2653</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
         <v>2654</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
         <v>2655</v>
       </c>
       <c r="D668" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E668" t="s">
-        <v>1184</v>
-[...2 lines deleted...]
-        <v>407</v>
+        <v>1212</v>
       </c>
       <c r="G668" s="1" t="s">
         <v>2656</v>
       </c>
       <c r="H668" t="s">
         <v>2657</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
         <v>2658</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
         <v>2659</v>
       </c>
       <c r="D669" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E669" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F669" t="s">
-        <v>407</v>
+        <v>123</v>
       </c>
       <c r="G669" s="1" t="s">
         <v>2660</v>
       </c>
       <c r="H669" t="s">
         <v>2661</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
         <v>2662</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
         <v>2663</v>
       </c>
       <c r="D670" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E670" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F670" t="s">
-        <v>640</v>
+        <v>123</v>
       </c>
       <c r="G670" s="1" t="s">
         <v>2664</v>
       </c>
       <c r="H670" t="s">
         <v>2665</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
         <v>2666</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
         <v>2667</v>
       </c>
       <c r="D671" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E671" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F671" t="s">
-        <v>371</v>
+        <v>123</v>
       </c>
       <c r="G671" s="1" t="s">
         <v>2668</v>
       </c>
       <c r="H671" t="s">
         <v>2669</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
         <v>2670</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
         <v>2671</v>
       </c>
       <c r="D672" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E672" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F672" t="s">
-        <v>664</v>
+        <v>123</v>
       </c>
       <c r="G672" s="1" t="s">
         <v>2672</v>
       </c>
       <c r="H672" t="s">
         <v>2673</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
         <v>2674</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
         <v>2675</v>
       </c>
       <c r="D673" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E673" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F673" t="s">
-        <v>664</v>
+        <v>407</v>
       </c>
       <c r="G673" s="1" t="s">
         <v>2676</v>
       </c>
       <c r="H673" t="s">
         <v>2677</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
         <v>2678</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
         <v>2679</v>
       </c>
       <c r="D674" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E674" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F674" t="s">
-        <v>664</v>
+        <v>407</v>
       </c>
       <c r="G674" s="1" t="s">
         <v>2680</v>
       </c>
       <c r="H674" t="s">
         <v>2681</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
         <v>2682</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
         <v>2683</v>
       </c>
       <c r="D675" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E675" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F675" t="s">
-        <v>371</v>
+        <v>407</v>
       </c>
       <c r="G675" s="1" t="s">
         <v>2684</v>
       </c>
       <c r="H675" t="s">
         <v>2685</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
         <v>2686</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
         <v>2687</v>
       </c>
       <c r="D676" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E676" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F676" t="s">
-        <v>94</v>
+        <v>407</v>
       </c>
       <c r="G676" s="1" t="s">
         <v>2688</v>
       </c>
       <c r="H676" t="s">
         <v>2689</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
         <v>2690</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
         <v>2691</v>
       </c>
       <c r="D677" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E677" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F677" t="s">
-        <v>94</v>
+        <v>640</v>
       </c>
       <c r="G677" s="1" t="s">
         <v>2692</v>
       </c>
       <c r="H677" t="s">
         <v>2693</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
         <v>2694</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
         <v>2695</v>
       </c>
       <c r="D678" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E678" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F678" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G678" s="1" t="s">
         <v>2696</v>
       </c>
       <c r="H678" t="s">
         <v>2697</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
         <v>2698</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
         <v>2699</v>
       </c>
       <c r="D679" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E679" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F679" t="s">
         <v>664</v>
       </c>
       <c r="G679" s="1" t="s">
         <v>2700</v>
       </c>
       <c r="H679" t="s">
         <v>2701</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
         <v>2702</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
         <v>2703</v>
       </c>
       <c r="D680" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E680" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F680" t="s">
         <v>664</v>
       </c>
       <c r="G680" s="1" t="s">
         <v>2704</v>
       </c>
       <c r="H680" t="s">
         <v>2705</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
         <v>2706</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
         <v>2707</v>
       </c>
       <c r="D681" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E681" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F681" t="s">
-        <v>371</v>
+        <v>664</v>
       </c>
       <c r="G681" s="1" t="s">
         <v>2708</v>
       </c>
       <c r="H681" t="s">
         <v>2709</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
         <v>2710</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
         <v>2711</v>
       </c>
       <c r="D682" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E682" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F682" t="s">
-        <v>123</v>
+        <v>371</v>
       </c>
       <c r="G682" s="1" t="s">
         <v>2712</v>
       </c>
       <c r="H682" t="s">
         <v>2713</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
         <v>2714</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
         <v>2715</v>
       </c>
       <c r="D683" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E683" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F683" t="s">
-        <v>123</v>
+        <v>94</v>
       </c>
       <c r="G683" s="1" t="s">
         <v>2716</v>
       </c>
       <c r="H683" t="s">
         <v>2717</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
         <v>2718</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
         <v>2719</v>
       </c>
       <c r="D684" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E684" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F684" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G684" s="1" t="s">
         <v>2720</v>
       </c>
       <c r="H684" t="s">
         <v>2721</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
         <v>2722</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
         <v>2723</v>
       </c>
       <c r="D685" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E685" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F685" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G685" s="1" t="s">
         <v>2724</v>
       </c>
       <c r="H685" t="s">
         <v>2725</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
         <v>2726</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
         <v>2727</v>
       </c>
       <c r="D686" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E686" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F686" t="s">
-        <v>371</v>
+        <v>664</v>
       </c>
       <c r="G686" s="1" t="s">
         <v>2728</v>
       </c>
       <c r="H686" t="s">
         <v>2729</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
         <v>2730</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
         <v>2731</v>
       </c>
       <c r="D687" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E687" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F687" t="s">
-        <v>123</v>
+        <v>664</v>
       </c>
       <c r="G687" s="1" t="s">
         <v>2732</v>
       </c>
       <c r="H687" t="s">
         <v>2733</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
         <v>2734</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
         <v>2735</v>
       </c>
       <c r="D688" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E688" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F688" t="s">
-        <v>123</v>
+        <v>371</v>
       </c>
       <c r="G688" s="1" t="s">
         <v>2736</v>
       </c>
       <c r="H688" t="s">
         <v>2737</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
         <v>2738</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
         <v>2739</v>
       </c>
       <c r="D689" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E689" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F689" t="s">
         <v>123</v>
       </c>
       <c r="G689" s="1" t="s">
         <v>2740</v>
       </c>
       <c r="H689" t="s">
         <v>2741</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
         <v>2742</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
         <v>2743</v>
       </c>
       <c r="D690" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E690" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F690" t="s">
-        <v>371</v>
+        <v>123</v>
       </c>
       <c r="G690" s="1" t="s">
         <v>2744</v>
       </c>
       <c r="H690" t="s">
         <v>2745</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
         <v>2746</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
         <v>2747</v>
       </c>
       <c r="D691" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E691" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F691" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G691" s="1" t="s">
         <v>2748</v>
       </c>
       <c r="H691" t="s">
         <v>2749</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
         <v>2750</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
         <v>2751</v>
       </c>
       <c r="D692" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E692" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F692" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G692" s="1" t="s">
         <v>2752</v>
       </c>
       <c r="H692" t="s">
         <v>2753</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
         <v>2754</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
         <v>2755</v>
       </c>
       <c r="D693" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E693" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F693" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G693" s="1" t="s">
         <v>2756</v>
       </c>
       <c r="H693" t="s">
         <v>2757</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
         <v>2758</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
         <v>2759</v>
       </c>
       <c r="D694" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E694" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F694" t="s">
-        <v>1151</v>
+        <v>123</v>
       </c>
       <c r="G694" s="1" t="s">
         <v>2760</v>
       </c>
       <c r="H694" t="s">
         <v>2761</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
         <v>2762</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
         <v>2763</v>
       </c>
       <c r="D695" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E695" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F695" t="s">
-        <v>1151</v>
+        <v>123</v>
       </c>
       <c r="G695" s="1" t="s">
         <v>2764</v>
       </c>
       <c r="H695" t="s">
         <v>2765</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
         <v>2766</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
         <v>2767</v>
       </c>
       <c r="D696" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E696" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F696" t="s">
-        <v>1151</v>
+        <v>123</v>
       </c>
       <c r="G696" s="1" t="s">
         <v>2768</v>
       </c>
       <c r="H696" t="s">
         <v>2769</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
         <v>2770</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
         <v>2771</v>
       </c>
       <c r="D697" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E697" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F697" t="s">
         <v>371</v>
       </c>
       <c r="G697" s="1" t="s">
         <v>2772</v>
       </c>
       <c r="H697" t="s">
         <v>2773</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
         <v>2774</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
         <v>2775</v>
       </c>
       <c r="D698" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E698" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F698" t="s">
-        <v>1151</v>
+        <v>94</v>
       </c>
       <c r="G698" s="1" t="s">
         <v>2776</v>
       </c>
       <c r="H698" t="s">
         <v>2777</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
         <v>2778</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
         <v>2779</v>
       </c>
       <c r="D699" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E699" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F699" t="s">
-        <v>1151</v>
+        <v>94</v>
       </c>
       <c r="G699" s="1" t="s">
         <v>2780</v>
       </c>
       <c r="H699" t="s">
         <v>2781</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
         <v>2782</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
         <v>2783</v>
       </c>
       <c r="D700" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E700" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F700" t="s">
-        <v>1151</v>
+        <v>94</v>
       </c>
       <c r="G700" s="1" t="s">
         <v>2784</v>
       </c>
       <c r="H700" t="s">
         <v>2785</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
         <v>2786</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
         <v>2787</v>
       </c>
       <c r="D701" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E701" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F701" t="s">
-        <v>371</v>
+        <v>1179</v>
       </c>
       <c r="G701" s="1" t="s">
         <v>2788</v>
       </c>
       <c r="H701" t="s">
         <v>2789</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
         <v>2790</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
         <v>2791</v>
       </c>
       <c r="D702" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E702" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F702" t="s">
-        <v>160</v>
+        <v>1179</v>
       </c>
       <c r="G702" s="1" t="s">
         <v>2792</v>
       </c>
       <c r="H702" t="s">
         <v>2793</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
         <v>2794</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
         <v>2795</v>
       </c>
       <c r="D703" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E703" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F703" t="s">
-        <v>160</v>
+        <v>1179</v>
       </c>
       <c r="G703" s="1" t="s">
         <v>2796</v>
       </c>
       <c r="H703" t="s">
         <v>2797</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
         <v>2798</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
         <v>2799</v>
       </c>
       <c r="D704" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E704" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F704" t="s">
-        <v>407</v>
+        <v>371</v>
       </c>
       <c r="G704" s="1" t="s">
         <v>2800</v>
       </c>
       <c r="H704" t="s">
         <v>2801</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
         <v>2802</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
         <v>2803</v>
       </c>
       <c r="D705" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E705" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F705" t="s">
-        <v>123</v>
+        <v>1179</v>
       </c>
       <c r="G705" s="1" t="s">
         <v>2804</v>
       </c>
       <c r="H705" t="s">
         <v>2805</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
         <v>2806</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
         <v>2807</v>
       </c>
       <c r="D706" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E706" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F706" t="s">
-        <v>371</v>
+        <v>1179</v>
       </c>
       <c r="G706" s="1" t="s">
         <v>2808</v>
       </c>
       <c r="H706" t="s">
         <v>2809</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
         <v>2810</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
         <v>2811</v>
       </c>
       <c r="D707" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E707" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F707" t="s">
-        <v>94</v>
+        <v>1179</v>
       </c>
       <c r="G707" s="1" t="s">
         <v>2812</v>
       </c>
       <c r="H707" t="s">
         <v>2813</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
         <v>2814</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
         <v>2815</v>
       </c>
       <c r="D708" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E708" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F708" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G708" s="1" t="s">
         <v>2816</v>
       </c>
       <c r="H708" t="s">
         <v>2817</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
         <v>2818</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
         <v>2819</v>
       </c>
       <c r="D709" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E709" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F709" t="s">
-        <v>94</v>
+        <v>160</v>
       </c>
       <c r="G709" s="1" t="s">
         <v>2820</v>
       </c>
       <c r="H709" t="s">
         <v>2821</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
         <v>2822</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
         <v>2823</v>
       </c>
       <c r="D710" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E710" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F710" t="s">
-        <v>371</v>
+        <v>160</v>
       </c>
       <c r="G710" s="1" t="s">
         <v>2824</v>
       </c>
       <c r="H710" t="s">
         <v>2825</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
         <v>2826</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>17</v>
+        <v>2827</v>
       </c>
       <c r="D711" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E711" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F711" t="s">
-        <v>169</v>
+        <v>407</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>2827</v>
+        <v>2828</v>
       </c>
       <c r="H711" t="s">
-        <v>2828</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>2829</v>
+        <v>2830</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>27</v>
+        <v>2831</v>
       </c>
       <c r="D712" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E712" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F712" t="s">
-        <v>169</v>
+        <v>123</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>2830</v>
+        <v>2832</v>
       </c>
       <c r="H712" t="s">
-        <v>2831</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>2832</v>
+        <v>2834</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>31</v>
+        <v>2835</v>
       </c>
       <c r="D713" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E713" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F713" t="s">
-        <v>169</v>
+        <v>371</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>2833</v>
+        <v>2836</v>
       </c>
       <c r="H713" t="s">
-        <v>2834</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>2835</v>
+        <v>2838</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>35</v>
+        <v>2839</v>
       </c>
       <c r="D714" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E714" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F714" t="s">
-        <v>664</v>
+        <v>94</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>2836</v>
+        <v>2840</v>
       </c>
       <c r="H714" t="s">
-        <v>2837</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>2838</v>
+        <v>2842</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>39</v>
+        <v>2843</v>
       </c>
       <c r="D715" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E715" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F715" t="s">
-        <v>664</v>
+        <v>94</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>2839</v>
+        <v>2844</v>
       </c>
       <c r="H715" t="s">
-        <v>2840</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
-        <v>2841</v>
+        <v>2846</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>43</v>
+        <v>2847</v>
       </c>
       <c r="D716" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E716" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F716" t="s">
-        <v>1151</v>
+        <v>94</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>2842</v>
+        <v>2848</v>
       </c>
       <c r="H716" t="s">
-        <v>2843</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
-        <v>2844</v>
+        <v>2850</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>47</v>
+        <v>2851</v>
       </c>
       <c r="D717" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E717" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F717" t="s">
-        <v>1151</v>
+        <v>371</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>2845</v>
+        <v>2852</v>
       </c>
       <c r="H717" t="s">
-        <v>2846</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>2847</v>
+        <v>2854</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="D718" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E718" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F718" t="s">
-        <v>1151</v>
+        <v>169</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>2848</v>
+        <v>2855</v>
       </c>
       <c r="H718" t="s">
-        <v>2849</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>2850</v>
+        <v>2857</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="D719" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E719" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F719" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>2851</v>
+        <v>2858</v>
       </c>
       <c r="H719" t="s">
-        <v>2852</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>2853</v>
+        <v>2860</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="D720" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E720" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F720" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>2854</v>
+        <v>2861</v>
       </c>
       <c r="H720" t="s">
-        <v>2855</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
-        <v>2856</v>
+        <v>2863</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="D721" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E721" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F721" t="s">
-        <v>94</v>
+        <v>664</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>2857</v>
+        <v>2864</v>
       </c>
       <c r="H721" t="s">
-        <v>2858</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>2859</v>
+        <v>2866</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>67</v>
+        <v>39</v>
       </c>
       <c r="D722" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E722" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F722" t="s">
-        <v>371</v>
+        <v>664</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>2860</v>
+        <v>2867</v>
       </c>
       <c r="H722" t="s">
-        <v>2861</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
-        <v>2862</v>
+        <v>2869</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="D723" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E723" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F723" t="s">
-        <v>160</v>
+        <v>1179</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>2863</v>
+        <v>2870</v>
       </c>
       <c r="H723" t="s">
-        <v>2864</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
-        <v>2865</v>
+        <v>2872</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="D724" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E724" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F724" t="s">
-        <v>160</v>
+        <v>1179</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>2866</v>
+        <v>2873</v>
       </c>
       <c r="H724" t="s">
-        <v>2867</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
-        <v>2868</v>
+        <v>2875</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="D725" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E725" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F725" t="s">
-        <v>640</v>
+        <v>1179</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>2869</v>
+        <v>2876</v>
       </c>
       <c r="H725" t="s">
-        <v>2870</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>2871</v>
+        <v>2878</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>2872</v>
+        <v>55</v>
       </c>
       <c r="D726" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E726" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F726" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>2873</v>
+        <v>2879</v>
       </c>
       <c r="H726" t="s">
-        <v>2874</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
-        <v>2875</v>
+        <v>2881</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>2876</v>
+        <v>59</v>
       </c>
       <c r="D727" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E727" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F727" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>2877</v>
+        <v>2882</v>
       </c>
       <c r="H727" t="s">
-        <v>2878</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>2879</v>
+        <v>2884</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>2880</v>
+        <v>63</v>
       </c>
       <c r="D728" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E728" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F728" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>2881</v>
+        <v>2885</v>
       </c>
       <c r="H728" t="s">
-        <v>2882</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
-        <v>2883</v>
+        <v>2887</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>2884</v>
+        <v>67</v>
       </c>
       <c r="D729" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E729" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F729" t="s">
-        <v>169</v>
+        <v>371</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>2885</v>
+        <v>2888</v>
       </c>
       <c r="H729" t="s">
-        <v>2886</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>2887</v>
+        <v>2890</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>2888</v>
+        <v>71</v>
       </c>
       <c r="D730" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E730" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F730" t="s">
-        <v>371</v>
+        <v>160</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>2889</v>
+        <v>2891</v>
       </c>
       <c r="H730" t="s">
-        <v>2890</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>2891</v>
+        <v>2893</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>2892</v>
+        <v>75</v>
       </c>
       <c r="D731" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E731" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F731" t="s">
-        <v>407</v>
+        <v>160</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>1419</v>
+        <v>2894</v>
       </c>
       <c r="H731" t="s">
-        <v>2893</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
-        <v>2894</v>
+        <v>2896</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
-        <v>2895</v>
+        <v>79</v>
       </c>
       <c r="D732" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E732" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F732" t="s">
-        <v>1151</v>
+        <v>640</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>2896</v>
+        <v>2897</v>
       </c>
       <c r="H732" t="s">
-        <v>2897</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
-        <v>2898</v>
+        <v>2899</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>2899</v>
+        <v>2900</v>
       </c>
       <c r="D733" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E733" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F733" t="s">
-        <v>1151</v>
+        <v>371</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>2900</v>
+        <v>2901</v>
       </c>
       <c r="H733" t="s">
-        <v>2901</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
-        <v>2902</v>
+        <v>2903</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
-        <v>2903</v>
+        <v>2904</v>
       </c>
       <c r="D734" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E734" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F734" t="s">
-        <v>1151</v>
+        <v>371</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>2904</v>
+        <v>2905</v>
       </c>
       <c r="H734" t="s">
-        <v>2905</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
-        <v>2906</v>
+        <v>2907</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
-        <v>2907</v>
+        <v>2908</v>
       </c>
       <c r="D735" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E735" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F735" t="s">
-        <v>640</v>
+        <v>169</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>2908</v>
+        <v>2909</v>
       </c>
       <c r="H735" t="s">
-        <v>2909</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
-        <v>2910</v>
+        <v>2911</v>
       </c>
       <c r="B736" t="s">
         <v>9</v>
       </c>
       <c r="C736" t="s">
-        <v>2911</v>
+        <v>2912</v>
       </c>
       <c r="D736" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E736" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F736" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>2912</v>
+        <v>2913</v>
       </c>
       <c r="H736" t="s">
-        <v>2913</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
-        <v>2914</v>
+        <v>2915</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
-        <v>2915</v>
+        <v>2916</v>
       </c>
       <c r="D737" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E737" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F737" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>2916</v>
+        <v>2917</v>
       </c>
       <c r="H737" t="s">
-        <v>2917</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
-        <v>2918</v>
+        <v>2919</v>
       </c>
       <c r="B738" t="s">
         <v>9</v>
       </c>
       <c r="C738" t="s">
-        <v>2919</v>
+        <v>2920</v>
       </c>
       <c r="D738" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E738" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F738" t="s">
-        <v>94</v>
+        <v>407</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>2920</v>
+        <v>1447</v>
       </c>
       <c r="H738" t="s">
         <v>2921</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
         <v>2922</v>
       </c>
       <c r="B739" t="s">
         <v>9</v>
       </c>
       <c r="C739" t="s">
         <v>2923</v>
       </c>
       <c r="D739" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E739" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F739" t="s">
-        <v>371</v>
+        <v>1179</v>
       </c>
       <c r="G739" s="1" t="s">
         <v>2924</v>
       </c>
       <c r="H739" t="s">
         <v>2925</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
         <v>2926</v>
       </c>
       <c r="B740" t="s">
         <v>9</v>
       </c>
       <c r="C740" t="s">
         <v>2927</v>
       </c>
       <c r="D740" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E740" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F740" t="s">
-        <v>169</v>
+        <v>1179</v>
       </c>
       <c r="G740" s="1" t="s">
         <v>2928</v>
       </c>
       <c r="H740" t="s">
         <v>2929</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
         <v>2930</v>
       </c>
       <c r="B741" t="s">
         <v>9</v>
       </c>
       <c r="C741" t="s">
         <v>2931</v>
       </c>
       <c r="D741" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E741" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F741" t="s">
-        <v>169</v>
+        <v>1179</v>
       </c>
       <c r="G741" s="1" t="s">
         <v>2932</v>
       </c>
       <c r="H741" t="s">
         <v>2933</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
         <v>2934</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
         <v>2935</v>
       </c>
       <c r="D742" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E742" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F742" t="s">
-        <v>169</v>
+        <v>640</v>
       </c>
       <c r="G742" s="1" t="s">
         <v>2936</v>
       </c>
       <c r="H742" t="s">
         <v>2937</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
         <v>2938</v>
       </c>
       <c r="B743" t="s">
         <v>9</v>
       </c>
       <c r="C743" t="s">
         <v>2939</v>
       </c>
       <c r="D743" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E743" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F743" t="s">
-        <v>664</v>
+        <v>94</v>
       </c>
       <c r="G743" s="1" t="s">
         <v>2940</v>
       </c>
       <c r="H743" t="s">
         <v>2941</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
         <v>2942</v>
       </c>
       <c r="B744" t="s">
         <v>9</v>
       </c>
       <c r="C744" t="s">
         <v>2943</v>
       </c>
       <c r="D744" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E744" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F744" t="s">
-        <v>664</v>
+        <v>94</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>1419</v>
+        <v>2944</v>
       </c>
       <c r="H744" t="s">
-        <v>2944</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
-        <v>2945</v>
+        <v>2946</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
-        <v>2946</v>
+        <v>2947</v>
       </c>
       <c r="D745" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E745" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F745" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>2947</v>
+        <v>2948</v>
       </c>
       <c r="H745" t="s">
-        <v>2948</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>2949</v>
+        <v>2950</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
-        <v>2950</v>
+        <v>2951</v>
       </c>
       <c r="D746" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E746" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F746" t="s">
-        <v>169</v>
+        <v>371</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>2951</v>
+        <v>2952</v>
       </c>
       <c r="H746" t="s">
-        <v>2952</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
-        <v>2953</v>
+        <v>2954</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
-        <v>2954</v>
+        <v>2955</v>
       </c>
       <c r="D747" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E747" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F747" t="s">
         <v>169</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>2955</v>
+        <v>2956</v>
       </c>
       <c r="H747" t="s">
-        <v>2956</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
-        <v>2957</v>
+        <v>2958</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
-        <v>2958</v>
+        <v>2959</v>
       </c>
       <c r="D748" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E748" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F748" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>2959</v>
+        <v>2960</v>
       </c>
       <c r="H748" t="s">
-        <v>2960</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
-        <v>2961</v>
+        <v>2962</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
-        <v>2962</v>
+        <v>2963</v>
       </c>
       <c r="D749" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E749" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F749" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>2963</v>
+        <v>2964</v>
       </c>
       <c r="H749" t="s">
-        <v>2964</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
-        <v>2965</v>
+        <v>2966</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
-        <v>2966</v>
+        <v>2967</v>
       </c>
       <c r="D750" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E750" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F750" t="s">
-        <v>1151</v>
+        <v>664</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>2967</v>
+        <v>2968</v>
       </c>
       <c r="H750" t="s">
-        <v>2968</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
-        <v>2969</v>
+        <v>2970</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
-        <v>2970</v>
+        <v>2971</v>
       </c>
       <c r="D751" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E751" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F751" t="s">
-        <v>1151</v>
+        <v>664</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>2971</v>
+        <v>1447</v>
       </c>
       <c r="H751" t="s">
         <v>2972</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
         <v>2973</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
         <v>2974</v>
       </c>
       <c r="D752" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E752" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F752" t="s">
-        <v>1151</v>
+        <v>169</v>
       </c>
       <c r="G752" s="1" t="s">
         <v>2975</v>
       </c>
       <c r="H752" t="s">
         <v>2976</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
         <v>2977</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
         <v>2978</v>
       </c>
       <c r="D753" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E753" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F753" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="G753" s="1" t="s">
         <v>2979</v>
       </c>
       <c r="H753" t="s">
         <v>2980</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
         <v>2981</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
         <v>2982</v>
       </c>
       <c r="D754" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E754" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F754" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G754" s="1" t="s">
         <v>2983</v>
       </c>
       <c r="H754" t="s">
         <v>2984</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
         <v>2985</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
         <v>2986</v>
       </c>
       <c r="D755" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E755" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F755" t="s">
-        <v>94</v>
+        <v>160</v>
       </c>
       <c r="G755" s="1" t="s">
         <v>2987</v>
       </c>
       <c r="H755" t="s">
         <v>2988</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
         <v>2989</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
         <v>2990</v>
       </c>
       <c r="D756" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E756" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F756" t="s">
-        <v>94</v>
+        <v>160</v>
       </c>
       <c r="G756" s="1" t="s">
         <v>2991</v>
       </c>
       <c r="H756" t="s">
         <v>2992</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
         <v>2993</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
         <v>2994</v>
       </c>
       <c r="D757" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E757" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F757" t="s">
-        <v>371</v>
+        <v>1179</v>
       </c>
       <c r="G757" s="1" t="s">
         <v>2995</v>
       </c>
       <c r="H757" t="s">
         <v>2996</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
         <v>2997</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
         <v>2998</v>
       </c>
       <c r="D758" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E758" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F758" t="s">
-        <v>690</v>
+        <v>1179</v>
       </c>
       <c r="G758" s="1" t="s">
         <v>2999</v>
       </c>
       <c r="H758" t="s">
         <v>3000</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
         <v>3001</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
         <v>3002</v>
       </c>
       <c r="D759" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E759" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F759" t="s">
-        <v>690</v>
+        <v>1179</v>
       </c>
       <c r="G759" s="1" t="s">
         <v>3003</v>
       </c>
       <c r="H759" t="s">
         <v>3004</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
         <v>3005</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
         <v>3006</v>
       </c>
       <c r="D760" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E760" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F760" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="G760" s="1" t="s">
         <v>3007</v>
       </c>
       <c r="H760" t="s">
         <v>3008</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
         <v>3009</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
         <v>3010</v>
       </c>
       <c r="D761" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E761" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F761" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G761" s="1" t="s">
         <v>3011</v>
       </c>
       <c r="H761" t="s">
         <v>3012</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
         <v>3013</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
         <v>3014</v>
       </c>
       <c r="D762" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E762" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F762" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G762" s="1" t="s">
         <v>3015</v>
       </c>
       <c r="H762" t="s">
         <v>3016</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
         <v>3017</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
         <v>3018</v>
       </c>
       <c r="D763" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E763" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F763" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G763" s="1" t="s">
         <v>3019</v>
       </c>
       <c r="H763" t="s">
         <v>3020</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
         <v>3021</v>
       </c>
       <c r="B764" t="s">
         <v>9</v>
       </c>
       <c r="C764" t="s">
         <v>3022</v>
       </c>
       <c r="D764" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E764" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F764" t="s">
-        <v>160</v>
+        <v>371</v>
       </c>
       <c r="G764" s="1" t="s">
         <v>3023</v>
       </c>
       <c r="H764" t="s">
         <v>3024</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
         <v>3025</v>
       </c>
       <c r="B765" t="s">
         <v>9</v>
       </c>
       <c r="C765" t="s">
         <v>3026</v>
       </c>
       <c r="D765" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E765" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F765" t="s">
-        <v>407</v>
+        <v>690</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>1419</v>
+        <v>3027</v>
       </c>
       <c r="H765" t="s">
-        <v>3027</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
-        <v>3028</v>
+        <v>3029</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
-        <v>3029</v>
+        <v>3030</v>
       </c>
       <c r="D766" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E766" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F766" t="s">
-        <v>1151</v>
+        <v>690</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>3030</v>
+        <v>3031</v>
       </c>
       <c r="H766" t="s">
-        <v>3031</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
-        <v>3032</v>
+        <v>3033</v>
       </c>
       <c r="B767" t="s">
         <v>9</v>
       </c>
       <c r="C767" t="s">
-        <v>3033</v>
+        <v>3034</v>
       </c>
       <c r="D767" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E767" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F767" t="s">
-        <v>1151</v>
+        <v>169</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>3034</v>
+        <v>3035</v>
       </c>
       <c r="H767" t="s">
-        <v>3035</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
-        <v>3036</v>
+        <v>3037</v>
       </c>
       <c r="B768" t="s">
         <v>9</v>
       </c>
       <c r="C768" t="s">
-        <v>3037</v>
+        <v>3038</v>
       </c>
       <c r="D768" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E768" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F768" t="s">
-        <v>1151</v>
+        <v>169</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>3038</v>
+        <v>3039</v>
       </c>
       <c r="H768" t="s">
-        <v>3039</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
-        <v>3040</v>
+        <v>3041</v>
       </c>
       <c r="B769" t="s">
         <v>9</v>
       </c>
       <c r="C769" t="s">
-        <v>3041</v>
+        <v>3042</v>
       </c>
       <c r="D769" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E769" t="s">
-        <v>1184</v>
+        <v>1212</v>
+      </c>
+      <c r="F769" t="s">
+        <v>169</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>3042</v>
+        <v>3043</v>
       </c>
       <c r="H769" t="s">
-        <v>3043</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
-        <v>3044</v>
+        <v>3045</v>
       </c>
       <c r="B770" t="s">
         <v>9</v>
       </c>
       <c r="C770" t="s">
-        <v>3045</v>
+        <v>3046</v>
       </c>
       <c r="D770" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E770" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F770" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G770" s="1" t="s">
-        <v>3046</v>
+        <v>3047</v>
       </c>
       <c r="H770" t="s">
-        <v>3047</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
-        <v>3048</v>
+        <v>3049</v>
       </c>
       <c r="B771" t="s">
         <v>9</v>
       </c>
       <c r="C771" t="s">
-        <v>3049</v>
+        <v>3050</v>
       </c>
       <c r="D771" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E771" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F771" t="s">
-        <v>94</v>
+        <v>160</v>
       </c>
       <c r="G771" s="1" t="s">
-        <v>3050</v>
+        <v>3051</v>
       </c>
       <c r="H771" t="s">
-        <v>3051</v>
+        <v>3052</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
-        <v>3052</v>
+        <v>3053</v>
       </c>
       <c r="B772" t="s">
         <v>9</v>
       </c>
       <c r="C772" t="s">
-        <v>3053</v>
+        <v>3054</v>
       </c>
       <c r="D772" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E772" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F772" t="s">
-        <v>94</v>
+        <v>407</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>3054</v>
+        <v>1447</v>
       </c>
       <c r="H772" t="s">
         <v>3055</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
         <v>3056</v>
       </c>
       <c r="B773" t="s">
         <v>9</v>
       </c>
       <c r="C773" t="s">
         <v>3057</v>
       </c>
       <c r="D773" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E773" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F773" t="s">
-        <v>123</v>
+        <v>1179</v>
       </c>
       <c r="G773" s="1" t="s">
         <v>3058</v>
       </c>
       <c r="H773" t="s">
         <v>3059</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
         <v>3060</v>
       </c>
       <c r="B774" t="s">
         <v>9</v>
       </c>
       <c r="C774" t="s">
         <v>3061</v>
       </c>
       <c r="D774" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E774" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F774" t="s">
-        <v>123</v>
+        <v>1179</v>
       </c>
       <c r="G774" s="1" t="s">
         <v>3062</v>
       </c>
       <c r="H774" t="s">
         <v>3063</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
         <v>3064</v>
       </c>
       <c r="B775" t="s">
         <v>9</v>
       </c>
       <c r="C775" t="s">
         <v>3065</v>
       </c>
       <c r="D775" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E775" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F775" t="s">
-        <v>123</v>
+        <v>1179</v>
       </c>
       <c r="G775" s="1" t="s">
         <v>3066</v>
       </c>
       <c r="H775" t="s">
         <v>3067</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
         <v>3068</v>
       </c>
       <c r="B776" t="s">
         <v>9</v>
       </c>
       <c r="C776" t="s">
         <v>3069</v>
       </c>
       <c r="D776" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E776" t="s">
-        <v>1184</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>1212</v>
       </c>
       <c r="G776" s="1" t="s">
         <v>3070</v>
       </c>
       <c r="H776" t="s">
         <v>3071</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
         <v>3072</v>
       </c>
       <c r="B777" t="s">
         <v>9</v>
       </c>
       <c r="C777" t="s">
         <v>3073</v>
       </c>
       <c r="D777" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E777" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F777" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G777" s="1" t="s">
         <v>3074</v>
       </c>
       <c r="H777" t="s">
         <v>3075</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
         <v>3076</v>
       </c>
       <c r="B778" t="s">
         <v>9</v>
       </c>
       <c r="C778" t="s">
         <v>3077</v>
       </c>
       <c r="D778" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E778" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F778" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G778" s="1" t="s">
         <v>3078</v>
       </c>
       <c r="H778" t="s">
         <v>3079</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
         <v>3080</v>
       </c>
       <c r="B779" t="s">
         <v>9</v>
       </c>
       <c r="C779" t="s">
         <v>3081</v>
       </c>
       <c r="D779" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E779" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F779" t="s">
-        <v>407</v>
+        <v>94</v>
       </c>
       <c r="G779" s="1" t="s">
-        <v>1419</v>
+        <v>3082</v>
       </c>
       <c r="H779" t="s">
-        <v>3082</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
-        <v>3083</v>
+        <v>3084</v>
       </c>
       <c r="B780" t="s">
         <v>9</v>
       </c>
       <c r="C780" t="s">
-        <v>3084</v>
+        <v>3085</v>
       </c>
       <c r="D780" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E780" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F780" t="s">
-        <v>407</v>
+        <v>123</v>
       </c>
       <c r="G780" s="1" t="s">
-        <v>3085</v>
+        <v>3086</v>
       </c>
       <c r="H780" t="s">
-        <v>3086</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
-        <v>3087</v>
+        <v>3088</v>
       </c>
       <c r="B781" t="s">
         <v>9</v>
       </c>
       <c r="C781" t="s">
-        <v>3088</v>
+        <v>3089</v>
       </c>
       <c r="D781" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E781" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F781" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="G781" s="1" t="s">
-        <v>3089</v>
+        <v>3090</v>
       </c>
       <c r="H781" t="s">
-        <v>3090</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
-        <v>3091</v>
+        <v>3092</v>
       </c>
       <c r="B782" t="s">
         <v>9</v>
       </c>
       <c r="C782" t="s">
-        <v>3092</v>
+        <v>3093</v>
       </c>
       <c r="D782" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E782" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F782" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="G782" s="1" t="s">
-        <v>3093</v>
+        <v>3094</v>
       </c>
       <c r="H782" t="s">
-        <v>3094</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
-        <v>3095</v>
+        <v>3096</v>
       </c>
       <c r="B783" t="s">
         <v>9</v>
       </c>
       <c r="C783" t="s">
-        <v>3096</v>
+        <v>3097</v>
       </c>
       <c r="D783" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E783" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F783" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>3097</v>
+        <v>3098</v>
       </c>
       <c r="H783" t="s">
-        <v>3098</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
-        <v>3099</v>
+        <v>3100</v>
       </c>
       <c r="B784" t="s">
         <v>9</v>
       </c>
       <c r="C784" t="s">
-        <v>3100</v>
+        <v>3101</v>
       </c>
       <c r="D784" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E784" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F784" t="s">
-        <v>371</v>
+        <v>169</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>3101</v>
+        <v>3102</v>
       </c>
       <c r="H784" t="s">
-        <v>3102</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
-        <v>3103</v>
+        <v>3104</v>
       </c>
       <c r="B785" t="s">
         <v>9</v>
       </c>
       <c r="C785" t="s">
-        <v>3104</v>
+        <v>3105</v>
       </c>
       <c r="D785" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E785" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F785" t="s">
-        <v>1151</v>
+        <v>169</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>3105</v>
+        <v>3106</v>
       </c>
       <c r="H785" t="s">
-        <v>3106</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
-        <v>3107</v>
+        <v>3108</v>
       </c>
       <c r="B786" t="s">
         <v>9</v>
       </c>
       <c r="C786" t="s">
-        <v>3108</v>
+        <v>3109</v>
       </c>
       <c r="D786" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E786" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F786" t="s">
-        <v>1151</v>
+        <v>407</v>
       </c>
       <c r="G786" s="1" t="s">
-        <v>3109</v>
+        <v>1447</v>
       </c>
       <c r="H786" t="s">
         <v>3110</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
         <v>3111</v>
       </c>
       <c r="B787" t="s">
         <v>9</v>
       </c>
       <c r="C787" t="s">
         <v>3112</v>
       </c>
       <c r="D787" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E787" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F787" t="s">
-        <v>1151</v>
+        <v>407</v>
       </c>
       <c r="G787" s="1" t="s">
         <v>3113</v>
       </c>
       <c r="H787" t="s">
         <v>3114</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
         <v>3115</v>
       </c>
       <c r="B788" t="s">
         <v>9</v>
       </c>
       <c r="C788" t="s">
         <v>3116</v>
       </c>
       <c r="D788" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E788" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F788" t="s">
-        <v>186</v>
+        <v>94</v>
       </c>
       <c r="G788" s="1" t="s">
         <v>3117</v>
       </c>
       <c r="H788" t="s">
         <v>3118</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
         <v>3119</v>
       </c>
       <c r="B789" t="s">
         <v>9</v>
       </c>
       <c r="C789" t="s">
         <v>3120</v>
       </c>
       <c r="D789" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E789" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F789" t="s">
-        <v>186</v>
+        <v>94</v>
       </c>
       <c r="G789" s="1" t="s">
         <v>3121</v>
       </c>
       <c r="H789" t="s">
         <v>3122</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
         <v>3123</v>
       </c>
       <c r="B790" t="s">
         <v>9</v>
       </c>
       <c r="C790" t="s">
         <v>3124</v>
       </c>
       <c r="D790" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E790" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F790" t="s">
-        <v>123</v>
+        <v>94</v>
       </c>
       <c r="G790" s="1" t="s">
         <v>3125</v>
       </c>
       <c r="H790" t="s">
         <v>3126</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
         <v>3127</v>
       </c>
       <c r="B791" t="s">
         <v>9</v>
       </c>
       <c r="C791" t="s">
         <v>3128</v>
       </c>
       <c r="D791" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E791" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F791" t="s">
-        <v>123</v>
+        <v>371</v>
       </c>
       <c r="G791" s="1" t="s">
         <v>3129</v>
       </c>
       <c r="H791" t="s">
         <v>3130</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
         <v>3131</v>
       </c>
       <c r="B792" t="s">
         <v>9</v>
       </c>
       <c r="C792" t="s">
         <v>3132</v>
       </c>
       <c r="D792" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E792" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F792" t="s">
-        <v>123</v>
+        <v>1179</v>
       </c>
       <c r="G792" s="1" t="s">
         <v>3133</v>
       </c>
       <c r="H792" t="s">
         <v>3134</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
         <v>3135</v>
       </c>
       <c r="B793" t="s">
         <v>9</v>
       </c>
       <c r="C793" t="s">
         <v>3136</v>
       </c>
       <c r="D793" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E793" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F793" t="s">
-        <v>123</v>
+        <v>1179</v>
       </c>
       <c r="G793" s="1" t="s">
         <v>3137</v>
       </c>
       <c r="H793" t="s">
         <v>3138</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
         <v>3139</v>
       </c>
       <c r="B794" t="s">
         <v>9</v>
       </c>
       <c r="C794" t="s">
         <v>3140</v>
       </c>
       <c r="D794" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E794" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F794" t="s">
-        <v>1151</v>
+        <v>1179</v>
       </c>
       <c r="G794" s="1" t="s">
         <v>3141</v>
       </c>
       <c r="H794" t="s">
         <v>3142</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
         <v>3143</v>
       </c>
       <c r="B795" t="s">
         <v>9</v>
       </c>
       <c r="C795" t="s">
         <v>3144</v>
       </c>
       <c r="D795" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E795" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F795" t="s">
-        <v>1151</v>
+        <v>186</v>
       </c>
       <c r="G795" s="1" t="s">
         <v>3145</v>
       </c>
       <c r="H795" t="s">
         <v>3146</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
         <v>3147</v>
       </c>
       <c r="B796" t="s">
         <v>9</v>
       </c>
       <c r="C796" t="s">
         <v>3148</v>
       </c>
       <c r="D796" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E796" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F796" t="s">
-        <v>673</v>
+        <v>186</v>
       </c>
       <c r="G796" s="1" t="s">
         <v>3149</v>
       </c>
       <c r="H796" t="s">
         <v>3150</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
         <v>3151</v>
       </c>
       <c r="B797" t="s">
         <v>9</v>
       </c>
       <c r="C797" t="s">
         <v>3152</v>
       </c>
       <c r="D797" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E797" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F797" t="s">
-        <v>673</v>
+        <v>123</v>
       </c>
       <c r="G797" s="1" t="s">
         <v>3153</v>
       </c>
       <c r="H797" t="s">
         <v>3154</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
         <v>3155</v>
       </c>
       <c r="B798" t="s">
         <v>9</v>
       </c>
       <c r="C798" t="s">
         <v>3156</v>
       </c>
       <c r="D798" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E798" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F798" t="s">
-        <v>1151</v>
+        <v>123</v>
       </c>
       <c r="G798" s="1" t="s">
         <v>3157</v>
       </c>
       <c r="H798" t="s">
         <v>3158</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
         <v>3159</v>
       </c>
       <c r="B799" t="s">
         <v>9</v>
       </c>
       <c r="C799" t="s">
         <v>3160</v>
       </c>
       <c r="D799" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E799" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F799" t="s">
-        <v>371</v>
+        <v>123</v>
       </c>
       <c r="G799" s="1" t="s">
         <v>3161</v>
       </c>
       <c r="H799" t="s">
         <v>3162</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
         <v>3163</v>
       </c>
       <c r="B800" t="s">
         <v>9</v>
       </c>
       <c r="C800" t="s">
         <v>3164</v>
       </c>
       <c r="D800" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E800" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F800" t="s">
-        <v>371</v>
+        <v>123</v>
       </c>
       <c r="G800" s="1" t="s">
         <v>3165</v>
       </c>
       <c r="H800" t="s">
         <v>3166</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
         <v>3167</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
         <v>3168</v>
       </c>
       <c r="D801" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E801" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F801" t="s">
-        <v>94</v>
+        <v>1179</v>
       </c>
       <c r="G801" s="1" t="s">
         <v>3169</v>
       </c>
       <c r="H801" t="s">
         <v>3170</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
         <v>3171</v>
       </c>
       <c r="B802" t="s">
         <v>9</v>
       </c>
       <c r="C802" t="s">
         <v>3172</v>
       </c>
       <c r="D802" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E802" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F802" t="s">
-        <v>94</v>
+        <v>1179</v>
       </c>
       <c r="G802" s="1" t="s">
         <v>3173</v>
       </c>
       <c r="H802" t="s">
         <v>3174</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
         <v>3175</v>
       </c>
       <c r="B803" t="s">
         <v>9</v>
       </c>
       <c r="C803" t="s">
         <v>3176</v>
       </c>
       <c r="D803" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E803" t="s">
-        <v>1184</v>
+        <v>1212</v>
+      </c>
+      <c r="F803" t="s">
+        <v>673</v>
       </c>
       <c r="G803" s="1" t="s">
         <v>3177</v>
       </c>
       <c r="H803" t="s">
         <v>3178</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
         <v>3179</v>
       </c>
       <c r="B804" t="s">
         <v>9</v>
       </c>
       <c r="C804" t="s">
         <v>3180</v>
       </c>
       <c r="D804" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E804" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F804" t="s">
-        <v>371</v>
+        <v>673</v>
       </c>
       <c r="G804" s="1" t="s">
         <v>3181</v>
       </c>
       <c r="H804" t="s">
         <v>3182</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
         <v>3183</v>
       </c>
       <c r="B805" t="s">
         <v>9</v>
       </c>
       <c r="C805" t="s">
         <v>3184</v>
       </c>
       <c r="D805" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E805" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F805" t="s">
-        <v>169</v>
+        <v>1179</v>
       </c>
       <c r="G805" s="1" t="s">
         <v>3185</v>
       </c>
       <c r="H805" t="s">
         <v>3186</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
         <v>3187</v>
       </c>
       <c r="B806" t="s">
         <v>9</v>
       </c>
       <c r="C806" t="s">
         <v>3188</v>
       </c>
       <c r="D806" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E806" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F806" t="s">
-        <v>169</v>
+        <v>371</v>
       </c>
       <c r="G806" s="1" t="s">
         <v>3189</v>
       </c>
       <c r="H806" t="s">
         <v>3190</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
         <v>3191</v>
       </c>
       <c r="B807" t="s">
         <v>9</v>
       </c>
       <c r="C807" t="s">
         <v>3192</v>
       </c>
       <c r="D807" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E807" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F807" t="s">
-        <v>169</v>
+        <v>371</v>
       </c>
       <c r="G807" s="1" t="s">
         <v>3193</v>
       </c>
       <c r="H807" t="s">
         <v>3194</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
         <v>3195</v>
       </c>
       <c r="B808" t="s">
         <v>9</v>
       </c>
       <c r="C808" t="s">
         <v>3196</v>
       </c>
       <c r="D808" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E808" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F808" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G808" s="1" t="s">
         <v>3197</v>
       </c>
       <c r="H808" t="s">
         <v>3198</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
         <v>3199</v>
       </c>
       <c r="B809" t="s">
         <v>9</v>
       </c>
       <c r="C809" t="s">
         <v>3200</v>
       </c>
       <c r="D809" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E809" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F809" t="s">
-        <v>407</v>
+        <v>94</v>
       </c>
       <c r="G809" s="1" t="s">
         <v>3201</v>
       </c>
       <c r="H809" t="s">
         <v>3202</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
         <v>3203</v>
       </c>
       <c r="B810" t="s">
         <v>9</v>
       </c>
       <c r="C810" t="s">
         <v>3204</v>
       </c>
       <c r="D810" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E810" t="s">
-        <v>1184</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>1212</v>
       </c>
       <c r="G810" s="1" t="s">
         <v>3205</v>
       </c>
       <c r="H810" t="s">
         <v>3206</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
         <v>3207</v>
       </c>
       <c r="B811" t="s">
         <v>9</v>
       </c>
       <c r="C811" t="s">
         <v>3208</v>
       </c>
       <c r="D811" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E811" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F811" t="s">
-        <v>1151</v>
+        <v>371</v>
       </c>
       <c r="G811" s="1" t="s">
         <v>3209</v>
       </c>
       <c r="H811" t="s">
         <v>3210</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
         <v>3211</v>
       </c>
       <c r="B812" t="s">
         <v>9</v>
       </c>
       <c r="C812" t="s">
         <v>3212</v>
       </c>
       <c r="D812" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E812" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F812" t="s">
-        <v>1151</v>
+        <v>169</v>
       </c>
       <c r="G812" s="1" t="s">
         <v>3213</v>
       </c>
       <c r="H812" t="s">
         <v>3214</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
         <v>3215</v>
       </c>
       <c r="B813" t="s">
         <v>9</v>
       </c>
       <c r="C813" t="s">
         <v>3216</v>
       </c>
       <c r="D813" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E813" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F813" t="s">
-        <v>1151</v>
+        <v>169</v>
       </c>
       <c r="G813" s="1" t="s">
         <v>3217</v>
       </c>
       <c r="H813" t="s">
         <v>3218</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
         <v>3219</v>
       </c>
       <c r="B814" t="s">
         <v>9</v>
       </c>
       <c r="C814" t="s">
         <v>3220</v>
       </c>
       <c r="D814" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E814" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F814" t="s">
-        <v>673</v>
+        <v>169</v>
       </c>
       <c r="G814" s="1" t="s">
         <v>3221</v>
       </c>
       <c r="H814" t="s">
         <v>3222</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
         <v>3223</v>
       </c>
       <c r="B815" t="s">
         <v>9</v>
       </c>
       <c r="C815" t="s">
         <v>3224</v>
       </c>
       <c r="D815" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E815" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F815" t="s">
-        <v>371</v>
+        <v>169</v>
       </c>
       <c r="G815" s="1" t="s">
         <v>3225</v>
       </c>
       <c r="H815" t="s">
         <v>3226</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
         <v>3227</v>
       </c>
       <c r="B816" t="s">
         <v>9</v>
       </c>
       <c r="C816" t="s">
         <v>3228</v>
       </c>
       <c r="D816" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E816" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F816" t="s">
-        <v>664</v>
+        <v>407</v>
       </c>
       <c r="G816" s="1" t="s">
         <v>3229</v>
       </c>
       <c r="H816" t="s">
         <v>3230</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
         <v>3231</v>
       </c>
       <c r="B817" t="s">
         <v>9</v>
       </c>
       <c r="C817" t="s">
         <v>3232</v>
       </c>
       <c r="D817" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E817" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F817" t="s">
-        <v>664</v>
+        <v>160</v>
       </c>
       <c r="G817" s="1" t="s">
         <v>3233</v>
       </c>
       <c r="H817" t="s">
         <v>3234</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
         <v>3235</v>
       </c>
       <c r="B818" t="s">
         <v>9</v>
       </c>
       <c r="C818" t="s">
         <v>3236</v>
       </c>
       <c r="D818" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E818" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F818" t="s">
-        <v>94</v>
+        <v>1179</v>
       </c>
       <c r="G818" s="1" t="s">
         <v>3237</v>
       </c>
       <c r="H818" t="s">
         <v>3238</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
         <v>3239</v>
       </c>
       <c r="B819" t="s">
         <v>9</v>
       </c>
       <c r="C819" t="s">
         <v>3240</v>
       </c>
       <c r="D819" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E819" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F819" t="s">
-        <v>94</v>
+        <v>1179</v>
       </c>
       <c r="G819" s="1" t="s">
         <v>3241</v>
       </c>
       <c r="H819" t="s">
         <v>3242</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
         <v>3243</v>
       </c>
       <c r="B820" t="s">
         <v>9</v>
       </c>
       <c r="C820" t="s">
         <v>3244</v>
       </c>
       <c r="D820" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E820" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F820" t="s">
-        <v>673</v>
+        <v>1179</v>
       </c>
       <c r="G820" s="1" t="s">
         <v>3245</v>
       </c>
       <c r="H820" t="s">
         <v>3246</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
         <v>3247</v>
       </c>
       <c r="B821" t="s">
         <v>9</v>
       </c>
       <c r="C821" t="s">
         <v>3248</v>
       </c>
       <c r="D821" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E821" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F821" t="s">
-        <v>664</v>
+        <v>673</v>
       </c>
       <c r="G821" s="1" t="s">
         <v>3249</v>
       </c>
       <c r="H821" t="s">
         <v>3250</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
         <v>3251</v>
       </c>
       <c r="B822" t="s">
         <v>9</v>
       </c>
       <c r="C822" t="s">
         <v>3252</v>
       </c>
       <c r="D822" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E822" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F822" t="s">
-        <v>664</v>
+        <v>371</v>
       </c>
       <c r="G822" s="1" t="s">
         <v>3253</v>
       </c>
       <c r="H822" t="s">
         <v>3254</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
         <v>3255</v>
       </c>
       <c r="B823" t="s">
         <v>9</v>
       </c>
       <c r="C823" t="s">
         <v>3256</v>
       </c>
       <c r="D823" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E823" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F823" t="s">
-        <v>371</v>
+        <v>664</v>
       </c>
       <c r="G823" s="1" t="s">
         <v>3257</v>
       </c>
       <c r="H823" t="s">
         <v>3258</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
         <v>3259</v>
       </c>
       <c r="B824" t="s">
         <v>9</v>
       </c>
       <c r="C824" t="s">
         <v>3260</v>
       </c>
       <c r="D824" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E824" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F824" t="s">
-        <v>673</v>
+        <v>664</v>
       </c>
       <c r="G824" s="1" t="s">
         <v>3261</v>
       </c>
       <c r="H824" t="s">
         <v>3262</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
         <v>3263</v>
       </c>
       <c r="B825" t="s">
         <v>9</v>
       </c>
       <c r="C825" t="s">
         <v>3264</v>
       </c>
       <c r="D825" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E825" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F825" t="s">
-        <v>664</v>
+        <v>94</v>
       </c>
       <c r="G825" s="1" t="s">
         <v>3265</v>
       </c>
       <c r="H825" t="s">
         <v>3266</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
         <v>3267</v>
       </c>
       <c r="B826" t="s">
         <v>9</v>
       </c>
       <c r="C826" t="s">
         <v>3268</v>
       </c>
       <c r="D826" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E826" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F826" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="G826" s="1" t="s">
         <v>3269</v>
       </c>
       <c r="H826" t="s">
         <v>3270</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
         <v>3271</v>
       </c>
       <c r="B827" t="s">
         <v>9</v>
       </c>
       <c r="C827" t="s">
         <v>3272</v>
       </c>
       <c r="D827" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E827" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F827" t="s">
-        <v>169</v>
+        <v>673</v>
       </c>
       <c r="G827" s="1" t="s">
         <v>3273</v>
       </c>
       <c r="H827" t="s">
         <v>3274</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
         <v>3275</v>
       </c>
       <c r="B828" t="s">
         <v>9</v>
       </c>
       <c r="C828" t="s">
         <v>3276</v>
       </c>
       <c r="D828" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E828" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F828" t="s">
-        <v>169</v>
+        <v>664</v>
       </c>
       <c r="G828" s="1" t="s">
         <v>3277</v>
       </c>
       <c r="H828" t="s">
         <v>3278</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
         <v>3279</v>
       </c>
       <c r="B829" t="s">
         <v>9</v>
       </c>
       <c r="C829" t="s">
         <v>3280</v>
       </c>
       <c r="D829" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E829" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F829" t="s">
         <v>664</v>
       </c>
       <c r="G829" s="1" t="s">
         <v>3281</v>
       </c>
       <c r="H829" t="s">
         <v>3282</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" t="s">
         <v>3283</v>
       </c>
       <c r="B830" t="s">
         <v>9</v>
       </c>
       <c r="C830" t="s">
         <v>3284</v>
       </c>
       <c r="D830" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E830" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F830" t="s">
         <v>371</v>
       </c>
       <c r="G830" s="1" t="s">
         <v>3285</v>
       </c>
       <c r="H830" t="s">
         <v>3286</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" t="s">
         <v>3287</v>
       </c>
       <c r="B831" t="s">
         <v>9</v>
       </c>
       <c r="C831" t="s">
         <v>3288</v>
       </c>
       <c r="D831" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E831" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F831" t="s">
-        <v>94</v>
+        <v>673</v>
       </c>
       <c r="G831" s="1" t="s">
         <v>3289</v>
       </c>
       <c r="H831" t="s">
         <v>3290</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" t="s">
         <v>3291</v>
       </c>
       <c r="B832" t="s">
         <v>9</v>
       </c>
       <c r="C832" t="s">
         <v>3292</v>
       </c>
       <c r="D832" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E832" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F832" t="s">
-        <v>94</v>
+        <v>664</v>
       </c>
       <c r="G832" s="1" t="s">
         <v>3293</v>
       </c>
       <c r="H832" t="s">
         <v>3294</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" t="s">
         <v>3295</v>
       </c>
       <c r="B833" t="s">
         <v>9</v>
       </c>
       <c r="C833" t="s">
         <v>3296</v>
       </c>
       <c r="D833" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E833" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F833" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G833" s="1" t="s">
         <v>3297</v>
       </c>
       <c r="H833" t="s">
         <v>3298</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" t="s">
         <v>3299</v>
       </c>
       <c r="B834" t="s">
         <v>9</v>
       </c>
       <c r="C834" t="s">
         <v>3300</v>
       </c>
       <c r="D834" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E834" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F834" t="s">
-        <v>1151</v>
+        <v>169</v>
       </c>
       <c r="G834" s="1" t="s">
         <v>3301</v>
       </c>
       <c r="H834" t="s">
         <v>3302</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" t="s">
         <v>3303</v>
       </c>
       <c r="B835" t="s">
         <v>9</v>
       </c>
       <c r="C835" t="s">
         <v>3304</v>
       </c>
       <c r="D835" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E835" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F835" t="s">
-        <v>1151</v>
+        <v>169</v>
       </c>
       <c r="G835" s="1" t="s">
         <v>3305</v>
       </c>
       <c r="H835" t="s">
         <v>3306</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" t="s">
         <v>3307</v>
       </c>
       <c r="B836" t="s">
         <v>9</v>
       </c>
       <c r="C836" t="s">
         <v>3308</v>
       </c>
       <c r="D836" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E836" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F836" t="s">
-        <v>1151</v>
+        <v>664</v>
       </c>
       <c r="G836" s="1" t="s">
         <v>3309</v>
       </c>
       <c r="H836" t="s">
         <v>3310</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" t="s">
         <v>3311</v>
       </c>
       <c r="B837" t="s">
         <v>9</v>
       </c>
       <c r="C837" t="s">
         <v>3312</v>
       </c>
       <c r="D837" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E837" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F837" t="s">
         <v>371</v>
       </c>
       <c r="G837" s="1" t="s">
         <v>3313</v>
       </c>
       <c r="H837" t="s">
         <v>3314</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
         <v>3315</v>
       </c>
       <c r="B838" t="s">
         <v>9</v>
       </c>
       <c r="C838" t="s">
         <v>3316</v>
       </c>
       <c r="D838" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E838" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F838" t="s">
-        <v>673</v>
+        <v>94</v>
       </c>
       <c r="G838" s="1" t="s">
         <v>3317</v>
       </c>
       <c r="H838" t="s">
         <v>3318</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
         <v>3319</v>
       </c>
       <c r="B839" t="s">
         <v>9</v>
       </c>
       <c r="C839" t="s">
         <v>3320</v>
       </c>
       <c r="D839" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E839" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F839" t="s">
-        <v>664</v>
+        <v>94</v>
       </c>
       <c r="G839" s="1" t="s">
         <v>3321</v>
       </c>
       <c r="H839" t="s">
         <v>3322</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" t="s">
         <v>3323</v>
       </c>
       <c r="B840" t="s">
         <v>9</v>
       </c>
       <c r="C840" t="s">
         <v>3324</v>
       </c>
       <c r="D840" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E840" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F840" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G840" s="1" t="s">
         <v>3325</v>
       </c>
       <c r="H840" t="s">
         <v>3326</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" t="s">
         <v>3327</v>
       </c>
       <c r="B841" t="s">
         <v>9</v>
       </c>
       <c r="C841" t="s">
         <v>3328</v>
       </c>
       <c r="D841" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E841" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F841" t="s">
-        <v>673</v>
+        <v>1179</v>
       </c>
       <c r="G841" s="1" t="s">
         <v>3329</v>
       </c>
       <c r="H841" t="s">
         <v>3330</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" t="s">
         <v>3331</v>
       </c>
       <c r="B842" t="s">
         <v>9</v>
       </c>
       <c r="C842" t="s">
         <v>3332</v>
       </c>
       <c r="D842" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E842" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F842" t="s">
-        <v>673</v>
+        <v>1179</v>
       </c>
       <c r="G842" s="1" t="s">
         <v>3333</v>
       </c>
       <c r="H842" t="s">
         <v>3334</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" t="s">
         <v>3335</v>
       </c>
       <c r="B843" t="s">
         <v>9</v>
       </c>
       <c r="C843" t="s">
         <v>3336</v>
       </c>
       <c r="D843" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E843" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F843" t="s">
-        <v>407</v>
+        <v>1179</v>
       </c>
       <c r="G843" s="1" t="s">
         <v>3337</v>
       </c>
       <c r="H843" t="s">
         <v>3338</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" t="s">
         <v>3339</v>
       </c>
       <c r="B844" t="s">
         <v>9</v>
       </c>
       <c r="C844" t="s">
         <v>3340</v>
       </c>
       <c r="D844" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E844" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F844" t="s">
-        <v>407</v>
+        <v>371</v>
       </c>
       <c r="G844" s="1" t="s">
         <v>3341</v>
       </c>
       <c r="H844" t="s">
         <v>3342</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" t="s">
         <v>3343</v>
       </c>
       <c r="B845" t="s">
         <v>9</v>
       </c>
       <c r="C845" t="s">
         <v>3344</v>
       </c>
       <c r="D845" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E845" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F845" t="s">
-        <v>640</v>
+        <v>673</v>
       </c>
       <c r="G845" s="1" t="s">
         <v>3345</v>
       </c>
       <c r="H845" t="s">
         <v>3346</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" t="s">
         <v>3347</v>
       </c>
       <c r="B846" t="s">
         <v>9</v>
       </c>
       <c r="C846" t="s">
         <v>3348</v>
       </c>
       <c r="D846" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E846" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F846" t="s">
-        <v>640</v>
+        <v>664</v>
       </c>
       <c r="G846" s="1" t="s">
         <v>3349</v>
       </c>
       <c r="H846" t="s">
         <v>3350</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" t="s">
         <v>3351</v>
       </c>
       <c r="B847" t="s">
         <v>9</v>
       </c>
       <c r="C847" t="s">
         <v>3352</v>
       </c>
       <c r="D847" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E847" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F847" t="s">
-        <v>1151</v>
+        <v>371</v>
       </c>
       <c r="G847" s="1" t="s">
         <v>3353</v>
       </c>
       <c r="H847" t="s">
         <v>3354</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" t="s">
         <v>3355</v>
       </c>
       <c r="B848" t="s">
         <v>9</v>
       </c>
       <c r="C848" t="s">
         <v>3356</v>
       </c>
       <c r="D848" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E848" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F848" t="s">
-        <v>1151</v>
+        <v>673</v>
       </c>
       <c r="G848" s="1" t="s">
         <v>3357</v>
       </c>
       <c r="H848" t="s">
         <v>3358</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" t="s">
         <v>3359</v>
       </c>
       <c r="B849" t="s">
         <v>9</v>
       </c>
       <c r="C849" t="s">
         <v>3360</v>
       </c>
       <c r="D849" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E849" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F849" t="s">
-        <v>1151</v>
+        <v>673</v>
       </c>
       <c r="G849" s="1" t="s">
         <v>3361</v>
       </c>
       <c r="H849" t="s">
         <v>3362</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" t="s">
         <v>3363</v>
       </c>
       <c r="B850" t="s">
         <v>9</v>
       </c>
       <c r="C850" t="s">
         <v>3364</v>
       </c>
       <c r="D850" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E850" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F850" t="s">
-        <v>160</v>
+        <v>407</v>
       </c>
       <c r="G850" s="1" t="s">
         <v>3365</v>
       </c>
       <c r="H850" t="s">
         <v>3366</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" t="s">
         <v>3367</v>
       </c>
       <c r="B851" t="s">
         <v>9</v>
       </c>
       <c r="C851" t="s">
         <v>3368</v>
       </c>
       <c r="D851" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E851" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F851" t="s">
-        <v>640</v>
+        <v>407</v>
       </c>
       <c r="G851" s="1" t="s">
         <v>3369</v>
       </c>
       <c r="H851" t="s">
         <v>3370</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" t="s">
         <v>3371</v>
       </c>
       <c r="B852" t="s">
         <v>9</v>
       </c>
       <c r="C852" t="s">
         <v>3372</v>
       </c>
       <c r="D852" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E852" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F852" t="s">
-        <v>169</v>
+        <v>640</v>
       </c>
       <c r="G852" s="1" t="s">
         <v>3373</v>
       </c>
       <c r="H852" t="s">
         <v>3374</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" t="s">
         <v>3375</v>
       </c>
       <c r="B853" t="s">
         <v>9</v>
       </c>
       <c r="C853" t="s">
         <v>3376</v>
       </c>
       <c r="D853" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E853" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F853" t="s">
-        <v>169</v>
+        <v>640</v>
       </c>
       <c r="G853" s="1" t="s">
         <v>3377</v>
       </c>
       <c r="H853" t="s">
         <v>3378</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" t="s">
         <v>3379</v>
       </c>
       <c r="B854" t="s">
         <v>9</v>
       </c>
       <c r="C854" t="s">
         <v>3380</v>
       </c>
       <c r="D854" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E854" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F854" t="s">
-        <v>169</v>
+        <v>1179</v>
       </c>
       <c r="G854" s="1" t="s">
         <v>3381</v>
       </c>
       <c r="H854" t="s">
         <v>3382</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" t="s">
         <v>3383</v>
       </c>
       <c r="B855" t="s">
         <v>9</v>
       </c>
       <c r="C855" t="s">
         <v>3384</v>
       </c>
       <c r="D855" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E855" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F855" t="s">
-        <v>94</v>
+        <v>1179</v>
       </c>
       <c r="G855" s="1" t="s">
         <v>3385</v>
       </c>
       <c r="H855" t="s">
         <v>3386</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" t="s">
         <v>3387</v>
       </c>
       <c r="B856" t="s">
         <v>9</v>
       </c>
       <c r="C856" t="s">
         <v>3388</v>
       </c>
       <c r="D856" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E856" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F856" t="s">
-        <v>94</v>
+        <v>1179</v>
       </c>
       <c r="G856" s="1" t="s">
         <v>3389</v>
       </c>
       <c r="H856" t="s">
         <v>3390</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" t="s">
         <v>3391</v>
       </c>
       <c r="B857" t="s">
         <v>9</v>
       </c>
       <c r="C857" t="s">
         <v>3392</v>
       </c>
       <c r="D857" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E857" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F857" t="s">
-        <v>94</v>
+        <v>160</v>
       </c>
       <c r="G857" s="1" t="s">
         <v>3393</v>
       </c>
       <c r="H857" t="s">
         <v>3394</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" t="s">
         <v>3395</v>
       </c>
       <c r="B858" t="s">
         <v>9</v>
       </c>
       <c r="C858" t="s">
         <v>3396</v>
       </c>
       <c r="D858" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E858" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F858" t="s">
-        <v>673</v>
+        <v>640</v>
       </c>
       <c r="G858" s="1" t="s">
         <v>3397</v>
       </c>
       <c r="H858" t="s">
         <v>3398</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" t="s">
         <v>3399</v>
       </c>
       <c r="B859" t="s">
         <v>9</v>
       </c>
       <c r="C859" t="s">
         <v>3400</v>
       </c>
       <c r="D859" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E859" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F859" t="s">
-        <v>407</v>
+        <v>169</v>
       </c>
       <c r="G859" s="1" t="s">
         <v>3401</v>
       </c>
       <c r="H859" t="s">
         <v>3402</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" t="s">
         <v>3403</v>
       </c>
       <c r="B860" t="s">
         <v>9</v>
       </c>
       <c r="C860" t="s">
         <v>3404</v>
       </c>
       <c r="D860" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E860" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F860" t="s">
-        <v>1151</v>
+        <v>169</v>
       </c>
       <c r="G860" s="1" t="s">
         <v>3405</v>
       </c>
       <c r="H860" t="s">
         <v>3406</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" t="s">
         <v>3407</v>
       </c>
       <c r="B861" t="s">
         <v>9</v>
       </c>
       <c r="C861" t="s">
         <v>3408</v>
       </c>
       <c r="D861" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E861" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F861" t="s">
-        <v>1151</v>
+        <v>169</v>
       </c>
       <c r="G861" s="1" t="s">
         <v>3409</v>
       </c>
       <c r="H861" t="s">
         <v>3410</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" t="s">
         <v>3411</v>
       </c>
       <c r="B862" t="s">
         <v>9</v>
       </c>
       <c r="C862" t="s">
         <v>3412</v>
       </c>
       <c r="D862" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E862" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F862" t="s">
-        <v>1151</v>
+        <v>94</v>
       </c>
       <c r="G862" s="1" t="s">
         <v>3413</v>
       </c>
       <c r="H862" t="s">
         <v>3414</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" t="s">
         <v>3415</v>
       </c>
       <c r="B863" t="s">
         <v>9</v>
       </c>
       <c r="C863" t="s">
         <v>3416</v>
       </c>
       <c r="D863" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E863" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F863" t="s">
-        <v>160</v>
+        <v>94</v>
       </c>
       <c r="G863" s="1" t="s">
         <v>3417</v>
       </c>
       <c r="H863" t="s">
         <v>3418</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" t="s">
         <v>3419</v>
       </c>
       <c r="B864" t="s">
         <v>9</v>
       </c>
       <c r="C864" t="s">
         <v>3420</v>
       </c>
       <c r="D864" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E864" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F864" t="s">
-        <v>407</v>
+        <v>94</v>
       </c>
       <c r="G864" s="1" t="s">
         <v>3421</v>
       </c>
       <c r="H864" t="s">
         <v>3422</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" t="s">
         <v>3423</v>
       </c>
       <c r="B865" t="s">
         <v>9</v>
       </c>
       <c r="C865" t="s">
         <v>3424</v>
       </c>
       <c r="D865" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E865" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F865" t="s">
-        <v>664</v>
+        <v>673</v>
       </c>
       <c r="G865" s="1" t="s">
         <v>3425</v>
       </c>
       <c r="H865" t="s">
         <v>3426</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" t="s">
         <v>3427</v>
       </c>
       <c r="B866" t="s">
         <v>9</v>
       </c>
       <c r="C866" t="s">
         <v>3428</v>
       </c>
       <c r="D866" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E866" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F866" t="s">
-        <v>673</v>
+        <v>407</v>
       </c>
       <c r="G866" s="1" t="s">
         <v>3429</v>
       </c>
       <c r="H866" t="s">
         <v>3430</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" t="s">
         <v>3431</v>
       </c>
       <c r="B867" t="s">
         <v>9</v>
       </c>
       <c r="C867" t="s">
         <v>3432</v>
       </c>
       <c r="D867" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E867" t="s">
-        <v>1184</v>
+        <v>1212</v>
+      </c>
+      <c r="F867" t="s">
+        <v>1179</v>
       </c>
       <c r="G867" s="1" t="s">
         <v>3433</v>
       </c>
       <c r="H867" t="s">
         <v>3434</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" t="s">
         <v>3435</v>
       </c>
       <c r="B868" t="s">
         <v>9</v>
       </c>
       <c r="C868" t="s">
         <v>3436</v>
       </c>
       <c r="D868" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E868" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F868" t="s">
-        <v>169</v>
+        <v>1179</v>
       </c>
       <c r="G868" s="1" t="s">
         <v>3437</v>
       </c>
       <c r="H868" t="s">
         <v>3438</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" t="s">
         <v>3439</v>
       </c>
       <c r="B869" t="s">
         <v>9</v>
       </c>
       <c r="C869" t="s">
         <v>3440</v>
       </c>
       <c r="D869" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E869" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F869" t="s">
-        <v>169</v>
+        <v>1179</v>
       </c>
       <c r="G869" s="1" t="s">
         <v>3441</v>
       </c>
       <c r="H869" t="s">
         <v>3442</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" t="s">
         <v>3443</v>
       </c>
       <c r="B870" t="s">
         <v>9</v>
       </c>
       <c r="C870" t="s">
         <v>3444</v>
       </c>
       <c r="D870" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E870" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F870" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="G870" s="1" t="s">
         <v>3445</v>
       </c>
       <c r="H870" t="s">
         <v>3446</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" t="s">
         <v>3447</v>
       </c>
       <c r="B871" t="s">
         <v>9</v>
       </c>
       <c r="C871" t="s">
         <v>3448</v>
       </c>
       <c r="D871" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E871" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F871" t="s">
-        <v>94</v>
+        <v>407</v>
       </c>
       <c r="G871" s="1" t="s">
         <v>3449</v>
       </c>
       <c r="H871" t="s">
         <v>3450</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" t="s">
         <v>3451</v>
       </c>
       <c r="B872" t="s">
         <v>9</v>
       </c>
       <c r="C872" t="s">
         <v>3452</v>
       </c>
       <c r="D872" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E872" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F872" t="s">
-        <v>94</v>
+        <v>664</v>
       </c>
       <c r="G872" s="1" t="s">
         <v>3453</v>
       </c>
       <c r="H872" t="s">
         <v>3454</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" t="s">
         <v>3455</v>
       </c>
       <c r="B873" t="s">
         <v>9</v>
       </c>
       <c r="C873" t="s">
         <v>3456</v>
       </c>
       <c r="D873" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E873" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F873" t="s">
-        <v>94</v>
+        <v>673</v>
       </c>
       <c r="G873" s="1" t="s">
         <v>3457</v>
       </c>
       <c r="H873" t="s">
         <v>3458</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" t="s">
         <v>3459</v>
       </c>
       <c r="B874" t="s">
         <v>9</v>
       </c>
       <c r="C874" t="s">
         <v>3460</v>
       </c>
       <c r="D874" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E874" t="s">
-        <v>1184</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>1212</v>
       </c>
       <c r="G874" s="1" t="s">
         <v>3461</v>
       </c>
       <c r="H874" t="s">
         <v>3462</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" t="s">
         <v>3463</v>
       </c>
       <c r="B875" t="s">
         <v>9</v>
       </c>
       <c r="C875" t="s">
         <v>3464</v>
       </c>
       <c r="D875" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E875" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F875" t="s">
-        <v>407</v>
+        <v>169</v>
       </c>
       <c r="G875" s="1" t="s">
         <v>3465</v>
       </c>
       <c r="H875" t="s">
         <v>3466</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" t="s">
         <v>3467</v>
       </c>
       <c r="B876" t="s">
         <v>9</v>
       </c>
       <c r="C876" t="s">
         <v>3468</v>
       </c>
       <c r="D876" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E876" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F876" t="s">
-        <v>664</v>
+        <v>169</v>
       </c>
       <c r="G876" s="1" t="s">
         <v>3469</v>
       </c>
       <c r="H876" t="s">
         <v>3470</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" t="s">
         <v>3471</v>
       </c>
       <c r="B877" t="s">
         <v>9</v>
       </c>
       <c r="C877" t="s">
         <v>3472</v>
       </c>
       <c r="D877" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E877" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F877" t="s">
-        <v>673</v>
+        <v>169</v>
       </c>
       <c r="G877" s="1" t="s">
-        <v>1419</v>
+        <v>3473</v>
       </c>
       <c r="H877" t="s">
-        <v>3473</v>
+        <v>3474</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" t="s">
-        <v>3474</v>
+        <v>3475</v>
       </c>
       <c r="B878" t="s">
         <v>9</v>
       </c>
       <c r="C878" t="s">
-        <v>3475</v>
+        <v>3476</v>
       </c>
       <c r="D878" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E878" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F878" t="s">
-        <v>664</v>
+        <v>94</v>
       </c>
       <c r="G878" s="1" t="s">
-        <v>3476</v>
+        <v>3477</v>
       </c>
       <c r="H878" t="s">
-        <v>3477</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" t="s">
-        <v>3478</v>
+        <v>3479</v>
       </c>
       <c r="B879" t="s">
         <v>9</v>
       </c>
       <c r="C879" t="s">
-        <v>3479</v>
+        <v>3480</v>
       </c>
       <c r="D879" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E879" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F879" t="s">
-        <v>1151</v>
+        <v>94</v>
       </c>
       <c r="G879" s="1" t="s">
-        <v>3480</v>
+        <v>3481</v>
       </c>
       <c r="H879" t="s">
-        <v>3481</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" t="s">
-        <v>3482</v>
+        <v>3483</v>
       </c>
       <c r="B880" t="s">
         <v>9</v>
       </c>
       <c r="C880" t="s">
-        <v>3483</v>
+        <v>3484</v>
       </c>
       <c r="D880" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E880" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F880" t="s">
-        <v>1151</v>
+        <v>94</v>
       </c>
       <c r="G880" s="1" t="s">
-        <v>3484</v>
+        <v>3485</v>
       </c>
       <c r="H880" t="s">
-        <v>3485</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" t="s">
-        <v>3486</v>
+        <v>3487</v>
       </c>
       <c r="B881" t="s">
         <v>9</v>
       </c>
       <c r="C881" t="s">
-        <v>3487</v>
+        <v>3488</v>
       </c>
       <c r="D881" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E881" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F881" t="s">
-        <v>1151</v>
+        <v>169</v>
       </c>
       <c r="G881" s="1" t="s">
-        <v>3488</v>
+        <v>3489</v>
       </c>
       <c r="H881" t="s">
-        <v>3489</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" t="s">
-        <v>3490</v>
+        <v>3491</v>
       </c>
       <c r="B882" t="s">
         <v>9</v>
       </c>
       <c r="C882" t="s">
-        <v>3491</v>
+        <v>3492</v>
       </c>
       <c r="D882" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E882" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F882" t="s">
-        <v>371</v>
+        <v>407</v>
       </c>
       <c r="G882" s="1" t="s">
-        <v>3492</v>
+        <v>3493</v>
       </c>
       <c r="H882" t="s">
-        <v>3493</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" t="s">
-        <v>3494</v>
+        <v>3495</v>
       </c>
       <c r="B883" t="s">
         <v>9</v>
       </c>
       <c r="C883" t="s">
-        <v>3495</v>
+        <v>3496</v>
       </c>
       <c r="D883" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E883" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F883" t="s">
-        <v>371</v>
+        <v>664</v>
       </c>
       <c r="G883" s="1" t="s">
-        <v>3496</v>
+        <v>3497</v>
       </c>
       <c r="H883" t="s">
-        <v>3497</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" t="s">
-        <v>3498</v>
+        <v>3499</v>
       </c>
       <c r="B884" t="s">
         <v>9</v>
       </c>
       <c r="C884" t="s">
-        <v>3499</v>
+        <v>3500</v>
       </c>
       <c r="D884" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E884" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F884" t="s">
-        <v>371</v>
+        <v>673</v>
       </c>
       <c r="G884" s="1" t="s">
-        <v>3500</v>
+        <v>1447</v>
       </c>
       <c r="H884" t="s">
         <v>3501</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" t="s">
         <v>3502</v>
       </c>
       <c r="B885" t="s">
         <v>9</v>
       </c>
       <c r="C885" t="s">
         <v>3503</v>
       </c>
       <c r="D885" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E885" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F885" t="s">
-        <v>94</v>
+        <v>664</v>
       </c>
       <c r="G885" s="1" t="s">
         <v>3504</v>
       </c>
       <c r="H885" t="s">
         <v>3505</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" t="s">
         <v>3506</v>
       </c>
       <c r="B886" t="s">
         <v>9</v>
       </c>
       <c r="C886" t="s">
         <v>3507</v>
       </c>
       <c r="D886" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E886" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F886" t="s">
-        <v>94</v>
+        <v>1179</v>
       </c>
       <c r="G886" s="1" t="s">
         <v>3508</v>
       </c>
       <c r="H886" t="s">
         <v>3509</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" t="s">
         <v>3510</v>
       </c>
       <c r="B887" t="s">
         <v>9</v>
       </c>
       <c r="C887" t="s">
         <v>3511</v>
       </c>
       <c r="D887" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E887" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F887" t="s">
-        <v>94</v>
+        <v>1179</v>
       </c>
       <c r="G887" s="1" t="s">
         <v>3512</v>
       </c>
       <c r="H887" t="s">
         <v>3513</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" t="s">
         <v>3514</v>
       </c>
       <c r="B888" t="s">
         <v>9</v>
       </c>
       <c r="C888" t="s">
         <v>3515</v>
       </c>
       <c r="D888" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E888" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F888" t="s">
-        <v>169</v>
+        <v>1179</v>
       </c>
       <c r="G888" s="1" t="s">
         <v>3516</v>
       </c>
       <c r="H888" t="s">
         <v>3517</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" t="s">
         <v>3518</v>
       </c>
       <c r="B889" t="s">
         <v>9</v>
       </c>
       <c r="C889" t="s">
         <v>3519</v>
       </c>
       <c r="D889" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E889" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F889" t="s">
-        <v>169</v>
+        <v>371</v>
       </c>
       <c r="G889" s="1" t="s">
         <v>3520</v>
       </c>
       <c r="H889" t="s">
         <v>3521</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" t="s">
         <v>3522</v>
       </c>
       <c r="B890" t="s">
         <v>9</v>
       </c>
       <c r="C890" t="s">
         <v>3523</v>
       </c>
       <c r="D890" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E890" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F890" t="s">
-        <v>664</v>
+        <v>371</v>
       </c>
       <c r="G890" s="1" t="s">
         <v>3524</v>
       </c>
       <c r="H890" t="s">
         <v>3525</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" t="s">
         <v>3526</v>
       </c>
       <c r="B891" t="s">
         <v>9</v>
       </c>
       <c r="C891" t="s">
         <v>3527</v>
       </c>
       <c r="D891" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E891" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F891" t="s">
-        <v>664</v>
+        <v>371</v>
       </c>
       <c r="G891" s="1" t="s">
         <v>3528</v>
       </c>
       <c r="H891" t="s">
         <v>3529</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" t="s">
         <v>3530</v>
       </c>
       <c r="B892" t="s">
         <v>9</v>
       </c>
       <c r="C892" t="s">
         <v>3531</v>
       </c>
       <c r="D892" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E892" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F892" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G892" s="1" t="s">
         <v>3532</v>
       </c>
       <c r="H892" t="s">
         <v>3533</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" t="s">
         <v>3534</v>
       </c>
       <c r="B893" t="s">
         <v>9</v>
       </c>
       <c r="C893" t="s">
         <v>3535</v>
       </c>
       <c r="D893" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E893" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F893" t="s">
-        <v>1151</v>
+        <v>94</v>
       </c>
       <c r="G893" s="1" t="s">
         <v>3536</v>
       </c>
       <c r="H893" t="s">
         <v>3537</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" t="s">
         <v>3538</v>
       </c>
       <c r="B894" t="s">
         <v>9</v>
       </c>
       <c r="C894" t="s">
         <v>3539</v>
       </c>
       <c r="D894" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E894" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F894" t="s">
-        <v>1151</v>
+        <v>94</v>
       </c>
       <c r="G894" s="1" t="s">
         <v>3540</v>
       </c>
       <c r="H894" t="s">
         <v>3541</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" t="s">
         <v>3542</v>
       </c>
       <c r="B895" t="s">
         <v>9</v>
       </c>
       <c r="C895" t="s">
         <v>3543</v>
       </c>
       <c r="D895" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E895" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F895" t="s">
-        <v>1151</v>
+        <v>169</v>
       </c>
       <c r="G895" s="1" t="s">
         <v>3544</v>
       </c>
       <c r="H895" t="s">
         <v>3545</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" t="s">
         <v>3546</v>
       </c>
       <c r="B896" t="s">
         <v>9</v>
       </c>
       <c r="C896" t="s">
         <v>3547</v>
       </c>
       <c r="D896" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E896" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F896" t="s">
-        <v>123</v>
+        <v>169</v>
       </c>
       <c r="G896" s="1" t="s">
         <v>3548</v>
       </c>
       <c r="H896" t="s">
         <v>3549</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" t="s">
         <v>3550</v>
       </c>
       <c r="B897" t="s">
         <v>9</v>
       </c>
       <c r="C897" t="s">
         <v>3551</v>
       </c>
       <c r="D897" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E897" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F897" t="s">
-        <v>123</v>
+        <v>664</v>
       </c>
       <c r="G897" s="1" t="s">
         <v>3552</v>
       </c>
       <c r="H897" t="s">
         <v>3553</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" t="s">
         <v>3554</v>
       </c>
       <c r="B898" t="s">
         <v>9</v>
       </c>
       <c r="C898" t="s">
         <v>3555</v>
       </c>
       <c r="D898" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E898" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F898" t="s">
-        <v>123</v>
+        <v>664</v>
       </c>
       <c r="G898" s="1" t="s">
         <v>3556</v>
       </c>
       <c r="H898" t="s">
         <v>3557</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" t="s">
         <v>3558</v>
       </c>
       <c r="B899" t="s">
         <v>9</v>
       </c>
       <c r="C899" t="s">
         <v>3559</v>
       </c>
       <c r="D899" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E899" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F899" t="s">
-        <v>160</v>
+        <v>371</v>
       </c>
       <c r="G899" s="1" t="s">
         <v>3560</v>
       </c>
       <c r="H899" t="s">
         <v>3561</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" t="s">
         <v>3562</v>
       </c>
       <c r="B900" t="s">
         <v>9</v>
       </c>
       <c r="C900" t="s">
         <v>3563</v>
       </c>
       <c r="D900" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E900" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F900" t="s">
-        <v>371</v>
+        <v>1179</v>
       </c>
       <c r="G900" s="1" t="s">
         <v>3564</v>
       </c>
       <c r="H900" t="s">
         <v>3565</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" t="s">
         <v>3566</v>
       </c>
       <c r="B901" t="s">
         <v>9</v>
       </c>
       <c r="C901" t="s">
         <v>3567</v>
       </c>
       <c r="D901" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E901" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F901" t="s">
-        <v>371</v>
+        <v>1179</v>
       </c>
       <c r="G901" s="1" t="s">
         <v>3568</v>
       </c>
       <c r="H901" t="s">
         <v>3569</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" t="s">
         <v>3570</v>
       </c>
       <c r="B902" t="s">
         <v>9</v>
       </c>
       <c r="C902" t="s">
         <v>3571</v>
       </c>
       <c r="D902" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E902" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F902" t="s">
-        <v>94</v>
+        <v>1179</v>
       </c>
       <c r="G902" s="1" t="s">
         <v>3572</v>
       </c>
       <c r="H902" t="s">
         <v>3573</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" t="s">
         <v>3574</v>
       </c>
       <c r="B903" t="s">
         <v>9</v>
       </c>
       <c r="C903" t="s">
         <v>3575</v>
       </c>
       <c r="D903" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E903" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F903" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="G903" s="1" t="s">
         <v>3576</v>
       </c>
       <c r="H903" t="s">
         <v>3577</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" t="s">
         <v>3578</v>
       </c>
       <c r="B904" t="s">
         <v>9</v>
       </c>
       <c r="C904" t="s">
         <v>3579</v>
       </c>
       <c r="D904" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E904" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F904" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="G904" s="1" t="s">
         <v>3580</v>
       </c>
       <c r="H904" t="s">
         <v>3581</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" t="s">
         <v>3582</v>
       </c>
       <c r="B905" t="s">
         <v>9</v>
       </c>
       <c r="C905" t="s">
         <v>3583</v>
       </c>
       <c r="D905" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E905" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F905" t="s">
-        <v>169</v>
+        <v>123</v>
       </c>
       <c r="G905" s="1" t="s">
         <v>3584</v>
       </c>
       <c r="H905" t="s">
         <v>3585</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" t="s">
         <v>3586</v>
       </c>
       <c r="B906" t="s">
         <v>9</v>
       </c>
       <c r="C906" t="s">
         <v>3587</v>
       </c>
       <c r="D906" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E906" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F906" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="G906" s="1" t="s">
         <v>3588</v>
       </c>
       <c r="H906" t="s">
         <v>3589</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" t="s">
         <v>3590</v>
       </c>
       <c r="B907" t="s">
         <v>9</v>
       </c>
       <c r="C907" t="s">
         <v>3591</v>
       </c>
       <c r="D907" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E907" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F907" t="s">
-        <v>1151</v>
+        <v>371</v>
       </c>
       <c r="G907" s="1" t="s">
         <v>3592</v>
       </c>
       <c r="H907" t="s">
         <v>3593</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" t="s">
         <v>3594</v>
       </c>
       <c r="B908" t="s">
         <v>9</v>
       </c>
       <c r="C908" t="s">
         <v>3595</v>
       </c>
       <c r="D908" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E908" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F908" t="s">
-        <v>1151</v>
+        <v>371</v>
       </c>
       <c r="G908" s="1" t="s">
         <v>3596</v>
       </c>
       <c r="H908" t="s">
         <v>3597</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" t="s">
         <v>3598</v>
       </c>
       <c r="B909" t="s">
         <v>9</v>
       </c>
       <c r="C909" t="s">
         <v>3599</v>
       </c>
       <c r="D909" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E909" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F909" t="s">
-        <v>1151</v>
+        <v>94</v>
       </c>
       <c r="G909" s="1" t="s">
         <v>3600</v>
       </c>
       <c r="H909" t="s">
         <v>3601</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" t="s">
         <v>3602</v>
       </c>
       <c r="B910" t="s">
         <v>9</v>
       </c>
       <c r="C910" t="s">
         <v>3603</v>
       </c>
       <c r="D910" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E910" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F910" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G910" s="1" t="s">
         <v>3604</v>
       </c>
       <c r="H910" t="s">
         <v>3605</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" t="s">
         <v>3606</v>
       </c>
       <c r="B911" t="s">
         <v>9</v>
       </c>
       <c r="C911" t="s">
         <v>3607</v>
       </c>
       <c r="D911" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E911" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F911" t="s">
-        <v>407</v>
+        <v>94</v>
       </c>
       <c r="G911" s="1" t="s">
         <v>3608</v>
       </c>
       <c r="H911" t="s">
         <v>3609</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" t="s">
         <v>3610</v>
       </c>
       <c r="B912" t="s">
         <v>9</v>
       </c>
       <c r="C912" t="s">
         <v>3611</v>
       </c>
       <c r="D912" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E912" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F912" t="s">
-        <v>407</v>
+        <v>169</v>
       </c>
       <c r="G912" s="1" t="s">
         <v>3612</v>
       </c>
       <c r="H912" t="s">
         <v>3613</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" t="s">
         <v>3614</v>
       </c>
       <c r="B913" t="s">
         <v>9</v>
       </c>
       <c r="C913" t="s">
         <v>3615</v>
       </c>
       <c r="D913" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E913" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F913" t="s">
-        <v>640</v>
+        <v>169</v>
       </c>
       <c r="G913" s="1" t="s">
         <v>3616</v>
       </c>
       <c r="H913" t="s">
         <v>3617</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" t="s">
         <v>3618</v>
       </c>
       <c r="B914" t="s">
         <v>9</v>
       </c>
       <c r="C914" t="s">
         <v>3619</v>
       </c>
       <c r="D914" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E914" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F914" t="s">
-        <v>407</v>
+        <v>1179</v>
       </c>
       <c r="G914" s="1" t="s">
-        <v>1419</v>
+        <v>3620</v>
       </c>
       <c r="H914" t="s">
-        <v>3620</v>
+        <v>3621</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" t="s">
-        <v>3621</v>
+        <v>3622</v>
       </c>
       <c r="B915" t="s">
         <v>9</v>
       </c>
       <c r="C915" t="s">
-        <v>3622</v>
+        <v>3623</v>
       </c>
       <c r="D915" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E915" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F915" t="s">
-        <v>664</v>
+        <v>1179</v>
       </c>
       <c r="G915" s="1" t="s">
-        <v>3623</v>
+        <v>3624</v>
       </c>
       <c r="H915" t="s">
-        <v>3624</v>
+        <v>3625</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" t="s">
-        <v>3625</v>
+        <v>3626</v>
       </c>
       <c r="B916" t="s">
         <v>9</v>
       </c>
       <c r="C916" t="s">
-        <v>3626</v>
+        <v>3627</v>
       </c>
       <c r="D916" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E916" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F916" t="s">
-        <v>673</v>
+        <v>1179</v>
       </c>
       <c r="G916" s="1" t="s">
-        <v>3627</v>
+        <v>3628</v>
       </c>
       <c r="H916" t="s">
-        <v>3628</v>
+        <v>3629</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" t="s">
-        <v>3629</v>
+        <v>3630</v>
       </c>
       <c r="B917" t="s">
         <v>9</v>
       </c>
       <c r="C917" t="s">
-        <v>3630</v>
+        <v>3631</v>
       </c>
       <c r="D917" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E917" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F917" t="s">
-        <v>673</v>
+        <v>371</v>
       </c>
       <c r="G917" s="1" t="s">
-        <v>1419</v>
+        <v>3632</v>
       </c>
       <c r="H917" t="s">
-        <v>3631</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" t="s">
-        <v>3632</v>
+        <v>3634</v>
       </c>
       <c r="B918" t="s">
         <v>9</v>
       </c>
       <c r="C918" t="s">
-        <v>3633</v>
+        <v>3635</v>
       </c>
       <c r="D918" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E918" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F918" t="s">
-        <v>664</v>
+        <v>407</v>
       </c>
       <c r="G918" s="1" t="s">
-        <v>3634</v>
+        <v>3636</v>
       </c>
       <c r="H918" t="s">
-        <v>3635</v>
+        <v>3637</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" t="s">
-        <v>3636</v>
+        <v>3638</v>
       </c>
       <c r="B919" t="s">
         <v>9</v>
       </c>
       <c r="C919" t="s">
-        <v>3637</v>
+        <v>3639</v>
       </c>
       <c r="D919" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E919" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F919" t="s">
-        <v>664</v>
+        <v>407</v>
       </c>
       <c r="G919" s="1" t="s">
-        <v>3638</v>
+        <v>3640</v>
       </c>
       <c r="H919" t="s">
-        <v>3639</v>
+        <v>3641</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" t="s">
-        <v>3640</v>
+        <v>3642</v>
       </c>
       <c r="B920" t="s">
         <v>9</v>
       </c>
       <c r="C920" t="s">
-        <v>3641</v>
+        <v>3643</v>
       </c>
       <c r="D920" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E920" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F920" t="s">
-        <v>664</v>
+        <v>640</v>
       </c>
       <c r="G920" s="1" t="s">
-        <v>3642</v>
+        <v>3644</v>
       </c>
       <c r="H920" t="s">
-        <v>3643</v>
+        <v>3645</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" t="s">
-        <v>3644</v>
+        <v>3646</v>
       </c>
       <c r="B921" t="s">
         <v>9</v>
       </c>
       <c r="C921" t="s">
-        <v>3645</v>
+        <v>3647</v>
       </c>
       <c r="D921" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E921" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F921" t="s">
-        <v>123</v>
+        <v>407</v>
       </c>
       <c r="G921" s="1" t="s">
-        <v>3646</v>
+        <v>1447</v>
       </c>
       <c r="H921" t="s">
-        <v>3647</v>
+        <v>3648</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" t="s">
-        <v>3648</v>
+        <v>3649</v>
       </c>
       <c r="B922" t="s">
         <v>9</v>
       </c>
       <c r="C922" t="s">
-        <v>3649</v>
+        <v>3650</v>
       </c>
       <c r="D922" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E922" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F922" t="s">
-        <v>123</v>
+        <v>664</v>
       </c>
       <c r="G922" s="1" t="s">
-        <v>3650</v>
+        <v>3651</v>
       </c>
       <c r="H922" t="s">
-        <v>3651</v>
+        <v>3652</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" t="s">
-        <v>3652</v>
+        <v>3653</v>
       </c>
       <c r="B923" t="s">
         <v>9</v>
       </c>
       <c r="C923" t="s">
-        <v>3653</v>
+        <v>3654</v>
       </c>
       <c r="D923" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E923" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F923" t="s">
-        <v>123</v>
+        <v>673</v>
       </c>
       <c r="G923" s="1" t="s">
-        <v>3654</v>
+        <v>3655</v>
       </c>
       <c r="H923" t="s">
-        <v>3655</v>
+        <v>3656</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" t="s">
-        <v>3656</v>
+        <v>3657</v>
       </c>
       <c r="B924" t="s">
         <v>9</v>
       </c>
       <c r="C924" t="s">
-        <v>3657</v>
+        <v>3658</v>
       </c>
       <c r="D924" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E924" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F924" t="s">
         <v>673</v>
       </c>
       <c r="G924" s="1" t="s">
-        <v>3658</v>
+        <v>1447</v>
       </c>
       <c r="H924" t="s">
         <v>3659</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" t="s">
         <v>3660</v>
       </c>
       <c r="B925" t="s">
         <v>9</v>
       </c>
       <c r="C925" t="s">
         <v>3661</v>
       </c>
       <c r="D925" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E925" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F925" t="s">
-        <v>94</v>
+        <v>664</v>
       </c>
       <c r="G925" s="1" t="s">
         <v>3662</v>
       </c>
       <c r="H925" t="s">
         <v>3663</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" t="s">
         <v>3664</v>
       </c>
       <c r="B926" t="s">
         <v>9</v>
       </c>
       <c r="C926" t="s">
         <v>3665</v>
       </c>
       <c r="D926" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E926" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F926" t="s">
-        <v>94</v>
+        <v>664</v>
       </c>
       <c r="G926" s="1" t="s">
         <v>3666</v>
       </c>
       <c r="H926" t="s">
         <v>3667</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" t="s">
         <v>3668</v>
       </c>
       <c r="B927" t="s">
         <v>9</v>
       </c>
       <c r="C927" t="s">
         <v>3669</v>
       </c>
       <c r="D927" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E927" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F927" t="s">
-        <v>94</v>
+        <v>664</v>
       </c>
       <c r="G927" s="1" t="s">
         <v>3670</v>
       </c>
       <c r="H927" t="s">
         <v>3671</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" t="s">
         <v>3672</v>
       </c>
       <c r="B928" t="s">
         <v>9</v>
       </c>
       <c r="C928" t="s">
         <v>3673</v>
       </c>
       <c r="D928" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E928" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F928" t="s">
-        <v>169</v>
+        <v>123</v>
       </c>
       <c r="G928" s="1" t="s">
         <v>3674</v>
       </c>
       <c r="H928" t="s">
         <v>3675</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" t="s">
         <v>3676</v>
       </c>
       <c r="B929" t="s">
         <v>9</v>
       </c>
       <c r="C929" t="s">
         <v>3677</v>
       </c>
       <c r="D929" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E929" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F929" t="s">
-        <v>169</v>
+        <v>123</v>
       </c>
       <c r="G929" s="1" t="s">
         <v>3678</v>
       </c>
       <c r="H929" t="s">
         <v>3679</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" t="s">
         <v>3680</v>
       </c>
       <c r="B930" t="s">
         <v>9</v>
       </c>
       <c r="C930" t="s">
         <v>3681</v>
       </c>
       <c r="D930" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E930" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F930" t="s">
-        <v>907</v>
+        <v>123</v>
       </c>
       <c r="G930" s="1" t="s">
         <v>3682</v>
       </c>
       <c r="H930" t="s">
         <v>3683</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" t="s">
         <v>3684</v>
       </c>
       <c r="B931" t="s">
         <v>9</v>
       </c>
       <c r="C931" t="s">
         <v>3685</v>
       </c>
       <c r="D931" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E931" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F931" t="s">
-        <v>1151</v>
+        <v>673</v>
       </c>
       <c r="G931" s="1" t="s">
         <v>3686</v>
       </c>
       <c r="H931" t="s">
         <v>3687</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" t="s">
         <v>3688</v>
       </c>
       <c r="B932" t="s">
         <v>9</v>
       </c>
       <c r="C932" t="s">
         <v>3689</v>
       </c>
       <c r="D932" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E932" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F932" t="s">
-        <v>1151</v>
+        <v>94</v>
       </c>
       <c r="G932" s="1" t="s">
         <v>3690</v>
       </c>
       <c r="H932" t="s">
         <v>3691</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" t="s">
         <v>3692</v>
       </c>
       <c r="B933" t="s">
         <v>9</v>
       </c>
       <c r="C933" t="s">
         <v>3693</v>
       </c>
       <c r="D933" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E933" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F933" t="s">
-        <v>1151</v>
+        <v>94</v>
       </c>
       <c r="G933" s="1" t="s">
         <v>3694</v>
       </c>
       <c r="H933" t="s">
         <v>3695</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" t="s">
         <v>3696</v>
       </c>
       <c r="B934" t="s">
         <v>9</v>
       </c>
       <c r="C934" t="s">
         <v>3697</v>
       </c>
       <c r="D934" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E934" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F934" t="s">
-        <v>407</v>
+        <v>94</v>
       </c>
       <c r="G934" s="1" t="s">
         <v>3698</v>
       </c>
       <c r="H934" t="s">
         <v>3699</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" t="s">
         <v>3700</v>
       </c>
       <c r="B935" t="s">
         <v>9</v>
       </c>
       <c r="C935" t="s">
         <v>3701</v>
       </c>
       <c r="D935" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E935" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F935" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G935" s="1" t="s">
         <v>3702</v>
       </c>
       <c r="H935" t="s">
         <v>3703</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" t="s">
         <v>3704</v>
       </c>
       <c r="B936" t="s">
         <v>9</v>
       </c>
       <c r="C936" t="s">
         <v>3705</v>
       </c>
       <c r="D936" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E936" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F936" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G936" s="1" t="s">
         <v>3706</v>
       </c>
       <c r="H936" t="s">
         <v>3707</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" t="s">
         <v>3708</v>
       </c>
       <c r="B937" t="s">
         <v>9</v>
       </c>
       <c r="C937" t="s">
         <v>3709</v>
       </c>
       <c r="D937" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E937" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F937" t="s">
-        <v>169</v>
+        <v>907</v>
       </c>
       <c r="G937" s="1" t="s">
         <v>3710</v>
       </c>
       <c r="H937" t="s">
         <v>3711</v>
       </c>
     </row>
     <row r="938" spans="1:8">
       <c r="A938" t="s">
         <v>3712</v>
       </c>
       <c r="B938" t="s">
         <v>9</v>
       </c>
       <c r="C938" t="s">
         <v>3713</v>
       </c>
       <c r="D938" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E938" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F938" t="s">
-        <v>94</v>
+        <v>1179</v>
       </c>
       <c r="G938" s="1" t="s">
         <v>3714</v>
       </c>
       <c r="H938" t="s">
         <v>3715</v>
       </c>
     </row>
     <row r="939" spans="1:8">
       <c r="A939" t="s">
         <v>3716</v>
       </c>
       <c r="B939" t="s">
         <v>9</v>
       </c>
       <c r="C939" t="s">
         <v>3717</v>
       </c>
       <c r="D939" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E939" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F939" t="s">
-        <v>690</v>
+        <v>1179</v>
       </c>
       <c r="G939" s="1" t="s">
         <v>3718</v>
       </c>
       <c r="H939" t="s">
         <v>3719</v>
       </c>
     </row>
     <row r="940" spans="1:8">
       <c r="A940" t="s">
         <v>3720</v>
       </c>
       <c r="B940" t="s">
         <v>9</v>
       </c>
       <c r="C940" t="s">
         <v>3721</v>
       </c>
       <c r="D940" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E940" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F940" t="s">
-        <v>371</v>
+        <v>1179</v>
       </c>
       <c r="G940" s="1" t="s">
         <v>3722</v>
       </c>
       <c r="H940" t="s">
         <v>3723</v>
       </c>
     </row>
     <row r="941" spans="1:8">
       <c r="A941" t="s">
         <v>3724</v>
       </c>
       <c r="B941" t="s">
         <v>9</v>
       </c>
       <c r="C941" t="s">
         <v>3725</v>
       </c>
       <c r="D941" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E941" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F941" t="s">
-        <v>371</v>
+        <v>407</v>
       </c>
       <c r="G941" s="1" t="s">
         <v>3726</v>
       </c>
       <c r="H941" t="s">
         <v>3727</v>
       </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942" t="s">
         <v>3728</v>
       </c>
       <c r="B942" t="s">
         <v>9</v>
       </c>
       <c r="C942" t="s">
         <v>3729</v>
       </c>
       <c r="D942" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E942" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F942" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G942" s="1" t="s">
         <v>3730</v>
       </c>
       <c r="H942" t="s">
         <v>3731</v>
       </c>
     </row>
     <row r="943" spans="1:8">
       <c r="A943" t="s">
         <v>3732</v>
       </c>
       <c r="B943" t="s">
         <v>9</v>
       </c>
       <c r="C943" t="s">
         <v>3733</v>
       </c>
       <c r="D943" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E943" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F943" t="s">
-        <v>690</v>
+        <v>94</v>
       </c>
       <c r="G943" s="1" t="s">
         <v>3734</v>
       </c>
       <c r="H943" t="s">
         <v>3735</v>
       </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944" t="s">
         <v>3736</v>
       </c>
       <c r="B944" t="s">
         <v>9</v>
       </c>
       <c r="C944" t="s">
         <v>3737</v>
       </c>
       <c r="D944" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E944" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F944" t="s">
-        <v>673</v>
+        <v>169</v>
       </c>
       <c r="G944" s="1" t="s">
         <v>3738</v>
       </c>
       <c r="H944" t="s">
         <v>3739</v>
       </c>
     </row>
     <row r="945" spans="1:8">
       <c r="A945" t="s">
         <v>3740</v>
       </c>
       <c r="B945" t="s">
         <v>9</v>
       </c>
       <c r="C945" t="s">
         <v>3741</v>
       </c>
       <c r="D945" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E945" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F945" t="s">
-        <v>673</v>
+        <v>94</v>
       </c>
       <c r="G945" s="1" t="s">
         <v>3742</v>
       </c>
       <c r="H945" t="s">
         <v>3743</v>
       </c>
     </row>
     <row r="946" spans="1:8">
       <c r="A946" t="s">
         <v>3744</v>
       </c>
       <c r="B946" t="s">
         <v>9</v>
       </c>
       <c r="C946" t="s">
         <v>3745</v>
       </c>
       <c r="D946" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E946" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F946" t="s">
-        <v>664</v>
+        <v>690</v>
       </c>
       <c r="G946" s="1" t="s">
         <v>3746</v>
       </c>
       <c r="H946" t="s">
         <v>3747</v>
       </c>
     </row>
     <row r="947" spans="1:8">
       <c r="A947" t="s">
         <v>3748</v>
       </c>
       <c r="B947" t="s">
         <v>9</v>
       </c>
       <c r="C947" t="s">
         <v>3749</v>
       </c>
       <c r="D947" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E947" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F947" t="s">
-        <v>664</v>
+        <v>371</v>
       </c>
       <c r="G947" s="1" t="s">
         <v>3750</v>
       </c>
       <c r="H947" t="s">
         <v>3751</v>
       </c>
     </row>
     <row r="948" spans="1:8">
       <c r="A948" t="s">
         <v>3752</v>
       </c>
       <c r="B948" t="s">
         <v>9</v>
       </c>
       <c r="C948" t="s">
         <v>3753</v>
       </c>
       <c r="D948" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E948" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F948" t="s">
-        <v>407</v>
+        <v>371</v>
       </c>
       <c r="G948" s="1" t="s">
         <v>3754</v>
       </c>
       <c r="H948" t="s">
         <v>3755</v>
       </c>
     </row>
     <row r="949" spans="1:8">
       <c r="A949" t="s">
         <v>3756</v>
       </c>
       <c r="B949" t="s">
         <v>9</v>
       </c>
       <c r="C949" t="s">
         <v>3757</v>
       </c>
       <c r="D949" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E949" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F949" t="s">
-        <v>407</v>
+        <v>371</v>
       </c>
       <c r="G949" s="1" t="s">
         <v>3758</v>
       </c>
       <c r="H949" t="s">
         <v>3759</v>
       </c>
     </row>
     <row r="950" spans="1:8">
       <c r="A950" t="s">
         <v>3760</v>
       </c>
       <c r="B950" t="s">
         <v>9</v>
       </c>
       <c r="C950" t="s">
         <v>3761</v>
       </c>
       <c r="D950" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E950" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F950" t="s">
-        <v>664</v>
+        <v>690</v>
       </c>
       <c r="G950" s="1" t="s">
         <v>3762</v>
       </c>
       <c r="H950" t="s">
         <v>3763</v>
       </c>
     </row>
     <row r="951" spans="1:8">
       <c r="A951" t="s">
         <v>3764</v>
       </c>
       <c r="B951" t="s">
         <v>9</v>
       </c>
       <c r="C951" t="s">
         <v>3765</v>
       </c>
       <c r="D951" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E951" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F951" t="s">
-        <v>160</v>
+        <v>673</v>
       </c>
       <c r="G951" s="1" t="s">
         <v>3766</v>
       </c>
       <c r="H951" t="s">
         <v>3767</v>
       </c>
     </row>
     <row r="952" spans="1:8">
       <c r="A952" t="s">
         <v>3768</v>
       </c>
       <c r="B952" t="s">
         <v>9</v>
       </c>
       <c r="C952" t="s">
         <v>3769</v>
       </c>
       <c r="D952" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E952" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F952" t="s">
-        <v>160</v>
+        <v>673</v>
       </c>
       <c r="G952" s="1" t="s">
         <v>3770</v>
       </c>
       <c r="H952" t="s">
         <v>3771</v>
       </c>
     </row>
     <row r="953" spans="1:8">
       <c r="A953" t="s">
         <v>3772</v>
       </c>
       <c r="B953" t="s">
         <v>9</v>
       </c>
       <c r="C953" t="s">
         <v>3773</v>
       </c>
       <c r="D953" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E953" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F953" t="s">
-        <v>371</v>
+        <v>664</v>
       </c>
       <c r="G953" s="1" t="s">
         <v>3774</v>
       </c>
       <c r="H953" t="s">
         <v>3775</v>
       </c>
     </row>
     <row r="954" spans="1:8">
       <c r="A954" t="s">
         <v>3776</v>
       </c>
       <c r="B954" t="s">
         <v>9</v>
       </c>
       <c r="C954" t="s">
         <v>3777</v>
       </c>
       <c r="D954" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E954" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F954" t="s">
-        <v>371</v>
+        <v>664</v>
       </c>
       <c r="G954" s="1" t="s">
         <v>3778</v>
       </c>
       <c r="H954" t="s">
         <v>3779</v>
       </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955" t="s">
         <v>3780</v>
       </c>
       <c r="B955" t="s">
         <v>9</v>
       </c>
       <c r="C955" t="s">
         <v>3781</v>
       </c>
       <c r="D955" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E955" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F955" t="s">
-        <v>371</v>
+        <v>407</v>
       </c>
       <c r="G955" s="1" t="s">
         <v>3782</v>
       </c>
       <c r="H955" t="s">
         <v>3783</v>
       </c>
     </row>
     <row r="956" spans="1:8">
       <c r="A956" t="s">
         <v>3784</v>
       </c>
       <c r="B956" t="s">
         <v>9</v>
       </c>
       <c r="C956" t="s">
         <v>3785</v>
       </c>
       <c r="D956" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E956" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F956" t="s">
-        <v>169</v>
+        <v>407</v>
       </c>
       <c r="G956" s="1" t="s">
         <v>3786</v>
       </c>
       <c r="H956" t="s">
         <v>3787</v>
       </c>
     </row>
     <row r="957" spans="1:8">
       <c r="A957" t="s">
         <v>3788</v>
       </c>
       <c r="B957" t="s">
         <v>9</v>
       </c>
       <c r="C957" t="s">
         <v>3789</v>
       </c>
       <c r="D957" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E957" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F957" t="s">
-        <v>169</v>
+        <v>664</v>
       </c>
       <c r="G957" s="1" t="s">
         <v>3790</v>
       </c>
       <c r="H957" t="s">
         <v>3791</v>
       </c>
     </row>
     <row r="958" spans="1:8">
       <c r="A958" t="s">
         <v>3792</v>
       </c>
       <c r="B958" t="s">
         <v>9</v>
       </c>
       <c r="C958" t="s">
         <v>3793</v>
       </c>
       <c r="D958" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E958" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F958" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="G958" s="1" t="s">
         <v>3794</v>
       </c>
       <c r="H958" t="s">
         <v>3795</v>
       </c>
     </row>
     <row r="959" spans="1:8">
       <c r="A959" t="s">
         <v>3796</v>
       </c>
       <c r="B959" t="s">
         <v>9</v>
       </c>
       <c r="C959" t="s">
         <v>3797</v>
       </c>
       <c r="D959" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E959" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F959" t="s">
-        <v>1151</v>
+        <v>160</v>
       </c>
       <c r="G959" s="1" t="s">
         <v>3798</v>
       </c>
       <c r="H959" t="s">
         <v>3799</v>
       </c>
     </row>
     <row r="960" spans="1:8">
       <c r="A960" t="s">
         <v>3800</v>
       </c>
       <c r="B960" t="s">
         <v>9</v>
       </c>
       <c r="C960" t="s">
         <v>3801</v>
       </c>
       <c r="D960" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E960" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F960" t="s">
-        <v>1151</v>
+        <v>371</v>
       </c>
       <c r="G960" s="1" t="s">
         <v>3802</v>
       </c>
       <c r="H960" t="s">
         <v>3803</v>
       </c>
     </row>
     <row r="961" spans="1:8">
       <c r="A961" t="s">
         <v>3804</v>
       </c>
       <c r="B961" t="s">
         <v>9</v>
       </c>
       <c r="C961" t="s">
         <v>3805</v>
       </c>
       <c r="D961" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E961" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F961" t="s">
-        <v>1151</v>
+        <v>371</v>
       </c>
       <c r="G961" s="1" t="s">
         <v>3806</v>
       </c>
       <c r="H961" t="s">
         <v>3807</v>
       </c>
     </row>
     <row r="962" spans="1:8">
       <c r="A962" t="s">
         <v>3808</v>
       </c>
       <c r="B962" t="s">
         <v>9</v>
       </c>
       <c r="C962" t="s">
         <v>3809</v>
       </c>
       <c r="D962" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E962" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F962" t="s">
-        <v>169</v>
+        <v>371</v>
       </c>
       <c r="G962" s="1" t="s">
         <v>3810</v>
       </c>
       <c r="H962" t="s">
         <v>3811</v>
       </c>
     </row>
     <row r="963" spans="1:8">
       <c r="A963" t="s">
         <v>3812</v>
       </c>
       <c r="B963" t="s">
         <v>9</v>
       </c>
       <c r="C963" t="s">
         <v>3813</v>
       </c>
       <c r="D963" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E963" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F963" t="s">
-        <v>673</v>
+        <v>169</v>
       </c>
       <c r="G963" s="1" t="s">
         <v>3814</v>
       </c>
       <c r="H963" t="s">
         <v>3815</v>
       </c>
     </row>
     <row r="964" spans="1:8">
       <c r="A964" t="s">
         <v>3816</v>
       </c>
       <c r="B964" t="s">
         <v>9</v>
       </c>
       <c r="C964" t="s">
         <v>3817</v>
       </c>
       <c r="D964" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E964" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F964" t="s">
-        <v>673</v>
+        <v>169</v>
       </c>
       <c r="G964" s="1" t="s">
         <v>3818</v>
       </c>
       <c r="H964" t="s">
         <v>3819</v>
       </c>
     </row>
     <row r="965" spans="1:8">
       <c r="A965" t="s">
         <v>3820</v>
       </c>
       <c r="B965" t="s">
         <v>9</v>
       </c>
       <c r="C965" t="s">
         <v>3821</v>
       </c>
       <c r="D965" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E965" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F965" t="s">
-        <v>907</v>
+        <v>169</v>
       </c>
       <c r="G965" s="1" t="s">
         <v>3822</v>
       </c>
       <c r="H965" t="s">
         <v>3823</v>
       </c>
     </row>
     <row r="966" spans="1:8">
       <c r="A966" t="s">
         <v>3824</v>
       </c>
       <c r="B966" t="s">
         <v>9</v>
       </c>
       <c r="C966" t="s">
         <v>3825</v>
       </c>
       <c r="D966" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E966" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F966" t="s">
-        <v>907</v>
+        <v>1179</v>
       </c>
       <c r="G966" s="1" t="s">
         <v>3826</v>
       </c>
       <c r="H966" t="s">
         <v>3827</v>
       </c>
     </row>
     <row r="967" spans="1:8">
       <c r="A967" t="s">
         <v>3828</v>
       </c>
       <c r="B967" t="s">
         <v>9</v>
       </c>
       <c r="C967" t="s">
         <v>3829</v>
       </c>
       <c r="D967" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E967" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F967" t="s">
-        <v>907</v>
+        <v>1179</v>
       </c>
       <c r="G967" s="1" t="s">
         <v>3830</v>
       </c>
       <c r="H967" t="s">
         <v>3831</v>
       </c>
     </row>
     <row r="968" spans="1:8">
       <c r="A968" t="s">
         <v>3832</v>
       </c>
       <c r="B968" t="s">
         <v>9</v>
       </c>
       <c r="C968" t="s">
         <v>3833</v>
       </c>
       <c r="D968" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E968" t="s">
-        <v>1184</v>
+        <v>1212</v>
+      </c>
+      <c r="F968" t="s">
+        <v>1179</v>
       </c>
       <c r="G968" s="1" t="s">
         <v>3834</v>
       </c>
       <c r="H968" t="s">
         <v>3835</v>
       </c>
     </row>
     <row r="969" spans="1:8">
       <c r="A969" t="s">
         <v>3836</v>
       </c>
       <c r="B969" t="s">
         <v>9</v>
       </c>
       <c r="C969" t="s">
         <v>3837</v>
       </c>
       <c r="D969" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E969" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F969" t="s">
-        <v>123</v>
+        <v>169</v>
       </c>
       <c r="G969" s="1" t="s">
         <v>3838</v>
       </c>
       <c r="H969" t="s">
         <v>3839</v>
       </c>
     </row>
     <row r="970" spans="1:8">
       <c r="A970" t="s">
         <v>3840</v>
       </c>
       <c r="B970" t="s">
         <v>9</v>
       </c>
       <c r="C970" t="s">
         <v>3841</v>
       </c>
       <c r="D970" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E970" t="s">
-        <v>1184</v>
+        <v>1212</v>
+      </c>
+      <c r="F970" t="s">
+        <v>673</v>
       </c>
       <c r="G970" s="1" t="s">
         <v>3842</v>
       </c>
       <c r="H970" t="s">
         <v>3843</v>
       </c>
     </row>
     <row r="971" spans="1:8">
       <c r="A971" t="s">
         <v>3844</v>
       </c>
       <c r="B971" t="s">
         <v>9</v>
       </c>
       <c r="C971" t="s">
         <v>3845</v>
       </c>
       <c r="D971" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E971" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F971" t="s">
-        <v>1151</v>
+        <v>673</v>
       </c>
       <c r="G971" s="1" t="s">
         <v>3846</v>
       </c>
       <c r="H971" t="s">
         <v>3847</v>
       </c>
     </row>
     <row r="972" spans="1:8">
       <c r="A972" t="s">
         <v>3848</v>
       </c>
       <c r="B972" t="s">
         <v>9</v>
       </c>
       <c r="C972" t="s">
         <v>3849</v>
       </c>
       <c r="D972" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E972" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F972" t="s">
-        <v>1151</v>
+        <v>907</v>
       </c>
       <c r="G972" s="1" t="s">
         <v>3850</v>
       </c>
       <c r="H972" t="s">
         <v>3851</v>
       </c>
     </row>
     <row r="973" spans="1:8">
       <c r="A973" t="s">
         <v>3852</v>
       </c>
       <c r="B973" t="s">
         <v>9</v>
       </c>
       <c r="C973" t="s">
         <v>3853</v>
       </c>
       <c r="D973" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E973" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F973" t="s">
-        <v>1151</v>
+        <v>907</v>
       </c>
       <c r="G973" s="1" t="s">
         <v>3854</v>
       </c>
       <c r="H973" t="s">
         <v>3855</v>
       </c>
     </row>
     <row r="974" spans="1:8">
       <c r="A974" t="s">
         <v>3856</v>
       </c>
       <c r="B974" t="s">
         <v>9</v>
       </c>
       <c r="C974" t="s">
         <v>3857</v>
       </c>
       <c r="D974" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E974" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F974" t="s">
-        <v>664</v>
+        <v>907</v>
       </c>
       <c r="G974" s="1" t="s">
         <v>3858</v>
       </c>
       <c r="H974" t="s">
         <v>3859</v>
       </c>
     </row>
     <row r="975" spans="1:8">
       <c r="A975" t="s">
         <v>3860</v>
       </c>
       <c r="B975" t="s">
         <v>9</v>
       </c>
       <c r="C975" t="s">
         <v>3861</v>
       </c>
       <c r="D975" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E975" t="s">
-        <v>1184</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>1212</v>
       </c>
       <c r="G975" s="1" t="s">
         <v>3862</v>
       </c>
       <c r="H975" t="s">
         <v>3863</v>
       </c>
     </row>
     <row r="976" spans="1:8">
       <c r="A976" t="s">
         <v>3864</v>
       </c>
       <c r="B976" t="s">
         <v>9</v>
       </c>
       <c r="C976" t="s">
         <v>3865</v>
       </c>
       <c r="D976" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E976" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F976" t="s">
-        <v>169</v>
+        <v>123</v>
       </c>
       <c r="G976" s="1" t="s">
         <v>3866</v>
       </c>
       <c r="H976" t="s">
         <v>3867</v>
       </c>
     </row>
     <row r="977" spans="1:8">
       <c r="A977" t="s">
         <v>3868</v>
       </c>
       <c r="B977" t="s">
         <v>9</v>
       </c>
       <c r="C977" t="s">
         <v>3869</v>
       </c>
       <c r="D977" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E977" t="s">
-        <v>1184</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>1212</v>
       </c>
       <c r="G977" s="1" t="s">
         <v>3870</v>
       </c>
       <c r="H977" t="s">
         <v>3871</v>
       </c>
     </row>
     <row r="978" spans="1:8">
       <c r="A978" t="s">
         <v>3872</v>
       </c>
       <c r="B978" t="s">
         <v>9</v>
       </c>
       <c r="C978" t="s">
         <v>3873</v>
       </c>
       <c r="D978" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E978" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F978" t="s">
-        <v>94</v>
+        <v>1179</v>
       </c>
       <c r="G978" s="1" t="s">
         <v>3874</v>
       </c>
       <c r="H978" t="s">
         <v>3875</v>
       </c>
     </row>
     <row r="979" spans="1:8">
       <c r="A979" t="s">
         <v>3876</v>
       </c>
       <c r="B979" t="s">
         <v>9</v>
       </c>
       <c r="C979" t="s">
         <v>3877</v>
       </c>
       <c r="D979" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E979" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F979" t="s">
-        <v>94</v>
+        <v>1179</v>
       </c>
       <c r="G979" s="1" t="s">
         <v>3878</v>
       </c>
       <c r="H979" t="s">
         <v>3879</v>
       </c>
     </row>
     <row r="980" spans="1:8">
       <c r="A980" t="s">
         <v>3880</v>
       </c>
       <c r="B980" t="s">
         <v>9</v>
       </c>
       <c r="C980" t="s">
         <v>3881</v>
       </c>
       <c r="D980" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E980" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F980" t="s">
-        <v>94</v>
+        <v>1179</v>
       </c>
       <c r="G980" s="1" t="s">
         <v>3882</v>
       </c>
       <c r="H980" t="s">
         <v>3883</v>
       </c>
     </row>
     <row r="981" spans="1:8">
       <c r="A981" t="s">
         <v>3884</v>
       </c>
       <c r="B981" t="s">
         <v>9</v>
       </c>
       <c r="C981" t="s">
         <v>3885</v>
       </c>
       <c r="D981" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E981" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F981" t="s">
-        <v>673</v>
+        <v>664</v>
       </c>
       <c r="G981" s="1" t="s">
         <v>3886</v>
       </c>
       <c r="H981" t="s">
         <v>3887</v>
       </c>
     </row>
     <row r="982" spans="1:8">
       <c r="A982" t="s">
         <v>3888</v>
       </c>
       <c r="B982" t="s">
         <v>9</v>
       </c>
       <c r="C982" t="s">
         <v>3889</v>
       </c>
       <c r="D982" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E982" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F982" t="s">
-        <v>664</v>
+        <v>123</v>
       </c>
       <c r="G982" s="1" t="s">
         <v>3890</v>
       </c>
       <c r="H982" t="s">
         <v>3891</v>
       </c>
     </row>
     <row r="983" spans="1:8">
       <c r="A983" t="s">
         <v>3892</v>
       </c>
       <c r="B983" t="s">
         <v>9</v>
       </c>
       <c r="C983" t="s">
         <v>3893</v>
       </c>
       <c r="D983" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E983" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F983" t="s">
-        <v>664</v>
+        <v>169</v>
       </c>
       <c r="G983" s="1" t="s">
         <v>3894</v>
       </c>
       <c r="H983" t="s">
         <v>3895</v>
       </c>
     </row>
     <row r="984" spans="1:8">
       <c r="A984" t="s">
         <v>3896</v>
       </c>
       <c r="B984" t="s">
         <v>9</v>
       </c>
       <c r="C984" t="s">
         <v>3897</v>
       </c>
       <c r="D984" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E984" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F984" t="s">
-        <v>664</v>
+        <v>169</v>
       </c>
       <c r="G984" s="1" t="s">
         <v>3898</v>
       </c>
       <c r="H984" t="s">
         <v>3899</v>
       </c>
     </row>
     <row r="985" spans="1:8">
       <c r="A985" t="s">
         <v>3900</v>
       </c>
       <c r="B985" t="s">
         <v>9</v>
       </c>
       <c r="C985" t="s">
         <v>3901</v>
       </c>
       <c r="D985" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E985" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F985" t="s">
-        <v>664</v>
+        <v>94</v>
       </c>
       <c r="G985" s="1" t="s">
         <v>3902</v>
       </c>
       <c r="H985" t="s">
         <v>3903</v>
       </c>
     </row>
     <row r="986" spans="1:8">
       <c r="A986" t="s">
         <v>3904</v>
       </c>
       <c r="B986" t="s">
         <v>9</v>
       </c>
       <c r="C986" t="s">
         <v>3905</v>
       </c>
       <c r="D986" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E986" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F986" t="s">
-        <v>673</v>
+        <v>94</v>
       </c>
       <c r="G986" s="1" t="s">
         <v>3906</v>
       </c>
       <c r="H986" t="s">
         <v>3907</v>
       </c>
     </row>
     <row r="987" spans="1:8">
       <c r="A987" t="s">
         <v>3908</v>
       </c>
       <c r="B987" t="s">
         <v>9</v>
       </c>
       <c r="C987" t="s">
         <v>3909</v>
       </c>
       <c r="D987" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E987" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F987" t="s">
-        <v>664</v>
+        <v>94</v>
       </c>
       <c r="G987" s="1" t="s">
-        <v>1419</v>
+        <v>3910</v>
       </c>
       <c r="H987" t="s">
-        <v>3910</v>
+        <v>3911</v>
       </c>
     </row>
     <row r="988" spans="1:8">
       <c r="A988" t="s">
-        <v>3911</v>
+        <v>3912</v>
       </c>
       <c r="B988" t="s">
         <v>9</v>
       </c>
       <c r="C988" t="s">
-        <v>3912</v>
+        <v>3913</v>
       </c>
       <c r="D988" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E988" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F988" t="s">
-        <v>1151</v>
+        <v>673</v>
       </c>
       <c r="G988" s="1" t="s">
-        <v>3913</v>
+        <v>3914</v>
       </c>
       <c r="H988" t="s">
-        <v>3914</v>
+        <v>3915</v>
       </c>
     </row>
     <row r="989" spans="1:8">
       <c r="A989" t="s">
-        <v>3915</v>
+        <v>3916</v>
       </c>
       <c r="B989" t="s">
         <v>9</v>
       </c>
       <c r="C989" t="s">
-        <v>3916</v>
+        <v>3917</v>
       </c>
       <c r="D989" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E989" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F989" t="s">
-        <v>1151</v>
+        <v>664</v>
       </c>
       <c r="G989" s="1" t="s">
-        <v>3917</v>
+        <v>3918</v>
       </c>
       <c r="H989" t="s">
-        <v>3918</v>
+        <v>3919</v>
       </c>
     </row>
     <row r="990" spans="1:8">
       <c r="A990" t="s">
-        <v>3919</v>
+        <v>3920</v>
       </c>
       <c r="B990" t="s">
         <v>9</v>
       </c>
       <c r="C990" t="s">
-        <v>3920</v>
+        <v>3921</v>
       </c>
       <c r="D990" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E990" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F990" t="s">
-        <v>1151</v>
+        <v>664</v>
       </c>
       <c r="G990" s="1" t="s">
-        <v>1419</v>
+        <v>3922</v>
       </c>
       <c r="H990" t="s">
-        <v>3921</v>
+        <v>3923</v>
       </c>
     </row>
     <row r="991" spans="1:8">
       <c r="A991" t="s">
-        <v>3922</v>
+        <v>3924</v>
       </c>
       <c r="B991" t="s">
         <v>9</v>
       </c>
       <c r="C991" t="s">
-        <v>3923</v>
+        <v>3925</v>
       </c>
       <c r="D991" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E991" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F991" t="s">
-        <v>186</v>
+        <v>664</v>
       </c>
       <c r="G991" s="1" t="s">
-        <v>3924</v>
+        <v>3926</v>
       </c>
       <c r="H991" t="s">
-        <v>3925</v>
+        <v>3927</v>
       </c>
     </row>
     <row r="992" spans="1:8">
       <c r="A992" t="s">
-        <v>3926</v>
+        <v>3928</v>
       </c>
       <c r="B992" t="s">
         <v>9</v>
       </c>
       <c r="C992" t="s">
-        <v>3927</v>
+        <v>3929</v>
       </c>
       <c r="D992" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E992" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F992" t="s">
-        <v>186</v>
+        <v>664</v>
       </c>
       <c r="G992" s="1" t="s">
-        <v>3928</v>
+        <v>3930</v>
       </c>
       <c r="H992" t="s">
-        <v>3929</v>
+        <v>3931</v>
       </c>
     </row>
     <row r="993" spans="1:8">
       <c r="A993" t="s">
-        <v>3930</v>
+        <v>3932</v>
       </c>
       <c r="B993" t="s">
         <v>9</v>
       </c>
       <c r="C993" t="s">
-        <v>3931</v>
+        <v>3933</v>
       </c>
       <c r="D993" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E993" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F993" t="s">
-        <v>186</v>
+        <v>673</v>
       </c>
       <c r="G993" s="1" t="s">
-        <v>3932</v>
+        <v>3934</v>
       </c>
       <c r="H993" t="s">
-        <v>3933</v>
+        <v>3935</v>
       </c>
     </row>
     <row r="994" spans="1:8">
       <c r="A994" t="s">
-        <v>3934</v>
+        <v>3936</v>
       </c>
       <c r="B994" t="s">
         <v>9</v>
       </c>
       <c r="C994" t="s">
-        <v>3935</v>
+        <v>3937</v>
       </c>
       <c r="D994" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E994" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F994" t="s">
-        <v>160</v>
+        <v>664</v>
       </c>
       <c r="G994" s="1" t="s">
-        <v>3936</v>
+        <v>1447</v>
       </c>
       <c r="H994" t="s">
-        <v>3937</v>
+        <v>3938</v>
       </c>
     </row>
     <row r="995" spans="1:8">
       <c r="A995" t="s">
-        <v>3938</v>
+        <v>3939</v>
       </c>
       <c r="B995" t="s">
         <v>9</v>
       </c>
       <c r="C995" t="s">
-        <v>3939</v>
+        <v>3940</v>
       </c>
       <c r="D995" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E995" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F995" t="s">
-        <v>94</v>
+        <v>1179</v>
       </c>
       <c r="G995" s="1" t="s">
-        <v>3940</v>
+        <v>3941</v>
       </c>
       <c r="H995" t="s">
-        <v>3941</v>
+        <v>3942</v>
       </c>
     </row>
     <row r="996" spans="1:8">
       <c r="A996" t="s">
-        <v>3942</v>
+        <v>3943</v>
       </c>
       <c r="B996" t="s">
         <v>9</v>
       </c>
       <c r="C996" t="s">
-        <v>3943</v>
+        <v>3944</v>
       </c>
       <c r="D996" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E996" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F996" t="s">
-        <v>94</v>
+        <v>1179</v>
       </c>
       <c r="G996" s="1" t="s">
-        <v>3944</v>
+        <v>3945</v>
       </c>
       <c r="H996" t="s">
-        <v>3945</v>
+        <v>3946</v>
       </c>
     </row>
     <row r="997" spans="1:8">
       <c r="A997" t="s">
-        <v>3946</v>
+        <v>3947</v>
       </c>
       <c r="B997" t="s">
         <v>9</v>
       </c>
       <c r="C997" t="s">
-        <v>3947</v>
+        <v>3948</v>
       </c>
       <c r="D997" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E997" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F997" t="s">
-        <v>94</v>
+        <v>1179</v>
       </c>
       <c r="G997" s="1" t="s">
-        <v>3948</v>
+        <v>1447</v>
       </c>
       <c r="H997" t="s">
         <v>3949</v>
       </c>
     </row>
     <row r="998" spans="1:8">
       <c r="A998" t="s">
         <v>3950</v>
       </c>
       <c r="B998" t="s">
         <v>9</v>
       </c>
       <c r="C998" t="s">
         <v>3951</v>
       </c>
       <c r="D998" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E998" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F998" t="s">
-        <v>169</v>
+        <v>186</v>
       </c>
       <c r="G998" s="1" t="s">
         <v>3952</v>
       </c>
       <c r="H998" t="s">
         <v>3953</v>
       </c>
     </row>
     <row r="999" spans="1:8">
       <c r="A999" t="s">
         <v>3954</v>
       </c>
       <c r="B999" t="s">
         <v>9</v>
       </c>
       <c r="C999" t="s">
         <v>3955</v>
       </c>
       <c r="D999" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E999" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F999" t="s">
-        <v>169</v>
+        <v>186</v>
       </c>
       <c r="G999" s="1" t="s">
         <v>3956</v>
       </c>
       <c r="H999" t="s">
-        <v>3953</v>
+        <v>3957</v>
       </c>
     </row>
     <row r="1000" spans="1:8">
       <c r="A1000" t="s">
-        <v>3957</v>
+        <v>3958</v>
       </c>
       <c r="B1000" t="s">
         <v>9</v>
       </c>
       <c r="C1000" t="s">
-        <v>3958</v>
+        <v>3959</v>
       </c>
       <c r="D1000" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E1000" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F1000" t="s">
-        <v>169</v>
+        <v>186</v>
       </c>
       <c r="G1000" s="1" t="s">
-        <v>3959</v>
+        <v>3960</v>
       </c>
       <c r="H1000" t="s">
-        <v>3960</v>
+        <v>3961</v>
       </c>
     </row>
     <row r="1001" spans="1:8">
       <c r="A1001" t="s">
-        <v>3961</v>
+        <v>3962</v>
       </c>
       <c r="B1001" t="s">
         <v>9</v>
       </c>
       <c r="C1001" t="s">
-        <v>3962</v>
+        <v>3963</v>
       </c>
       <c r="D1001" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E1001" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F1001" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="G1001" s="1" t="s">
-        <v>3963</v>
+        <v>3964</v>
       </c>
       <c r="H1001" t="s">
-        <v>3964</v>
+        <v>3965</v>
       </c>
     </row>
     <row r="1002" spans="1:8">
       <c r="A1002" t="s">
-        <v>3965</v>
+        <v>3966</v>
       </c>
       <c r="B1002" t="s">
         <v>9</v>
       </c>
       <c r="C1002" t="s">
-        <v>3966</v>
+        <v>3967</v>
       </c>
       <c r="D1002" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E1002" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F1002" t="s">
-        <v>673</v>
+        <v>94</v>
       </c>
       <c r="G1002" s="1" t="s">
-        <v>3967</v>
+        <v>3968</v>
       </c>
       <c r="H1002" t="s">
-        <v>3968</v>
+        <v>3969</v>
       </c>
     </row>
     <row r="1003" spans="1:8">
       <c r="A1003" t="s">
-        <v>3969</v>
+        <v>3970</v>
       </c>
       <c r="B1003" t="s">
         <v>9</v>
       </c>
       <c r="C1003" t="s">
-        <v>3970</v>
+        <v>3971</v>
       </c>
       <c r="D1003" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E1003" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F1003" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G1003" s="1" t="s">
-        <v>3971</v>
+        <v>3972</v>
       </c>
       <c r="H1003" t="s">
-        <v>3972</v>
+        <v>3973</v>
       </c>
     </row>
     <row r="1004" spans="1:8">
       <c r="A1004" t="s">
-        <v>3973</v>
+        <v>3974</v>
       </c>
       <c r="B1004" t="s">
         <v>9</v>
       </c>
       <c r="C1004" t="s">
-        <v>3974</v>
+        <v>3975</v>
       </c>
       <c r="D1004" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E1004" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F1004" t="s">
-        <v>371</v>
+        <v>94</v>
       </c>
       <c r="G1004" s="1" t="s">
-        <v>3975</v>
+        <v>3976</v>
       </c>
       <c r="H1004" t="s">
-        <v>3976</v>
+        <v>3977</v>
       </c>
     </row>
     <row r="1005" spans="1:8">
       <c r="A1005" t="s">
-        <v>3977</v>
+        <v>3978</v>
       </c>
       <c r="B1005" t="s">
         <v>9</v>
       </c>
       <c r="C1005" t="s">
-        <v>3978</v>
+        <v>3979</v>
       </c>
       <c r="D1005" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E1005" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F1005" t="s">
-        <v>371</v>
+        <v>169</v>
       </c>
       <c r="G1005" s="1" t="s">
-        <v>3979</v>
+        <v>3980</v>
       </c>
       <c r="H1005" t="s">
-        <v>3980</v>
+        <v>3981</v>
       </c>
     </row>
     <row r="1006" spans="1:8">
       <c r="A1006" t="s">
+        <v>3982</v>
+      </c>
+      <c r="B1006" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1006" t="s">
+        <v>3983</v>
+      </c>
+      <c r="D1006" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1006" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1006" t="s">
+        <v>169</v>
+      </c>
+      <c r="G1006" s="1" t="s">
+        <v>3984</v>
+      </c>
+      <c r="H1006" t="s">
         <v>3981</v>
-      </c>
-[...19 lines deleted...]
-        <v>3984</v>
       </c>
     </row>
     <row r="1007" spans="1:8">
       <c r="A1007" t="s">
         <v>3985</v>
       </c>
       <c r="B1007" t="s">
         <v>9</v>
       </c>
       <c r="C1007" t="s">
         <v>3986</v>
       </c>
       <c r="D1007" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E1007" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F1007" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G1007" s="1" t="s">
         <v>3987</v>
       </c>
       <c r="H1007" t="s">
         <v>3988</v>
       </c>
     </row>
     <row r="1008" spans="1:8">
       <c r="A1008" t="s">
         <v>3989</v>
       </c>
       <c r="B1008" t="s">
         <v>9</v>
       </c>
       <c r="C1008" t="s">
         <v>3990</v>
       </c>
       <c r="D1008" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E1008" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F1008" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G1008" s="1" t="s">
         <v>3991</v>
       </c>
       <c r="H1008" t="s">
         <v>3992</v>
       </c>
     </row>
     <row r="1009" spans="1:8">
       <c r="A1009" t="s">
         <v>3993</v>
       </c>
       <c r="B1009" t="s">
         <v>9</v>
       </c>
       <c r="C1009" t="s">
         <v>3994</v>
       </c>
       <c r="D1009" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E1009" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F1009" t="s">
-        <v>371</v>
+        <v>673</v>
       </c>
       <c r="G1009" s="1" t="s">
         <v>3995</v>
       </c>
       <c r="H1009" t="s">
         <v>3996</v>
       </c>
     </row>
     <row r="1010" spans="1:8">
       <c r="A1010" t="s">
         <v>3997</v>
       </c>
       <c r="B1010" t="s">
         <v>9</v>
       </c>
       <c r="C1010" t="s">
         <v>3998</v>
       </c>
       <c r="D1010" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E1010" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F1010" t="s">
         <v>371</v>
       </c>
       <c r="G1010" s="1" t="s">
         <v>3999</v>
       </c>
       <c r="H1010" t="s">
         <v>4000</v>
       </c>
     </row>
     <row r="1011" spans="1:8">
       <c r="A1011" t="s">
         <v>4001</v>
       </c>
       <c r="B1011" t="s">
         <v>9</v>
       </c>
       <c r="C1011" t="s">
         <v>4002</v>
       </c>
       <c r="D1011" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E1011" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F1011" t="s">
         <v>371</v>
       </c>
       <c r="G1011" s="1" t="s">
         <v>4003</v>
       </c>
       <c r="H1011" t="s">
         <v>4004</v>
       </c>
     </row>
     <row r="1012" spans="1:8">
       <c r="A1012" t="s">
         <v>4005</v>
       </c>
       <c r="B1012" t="s">
         <v>9</v>
       </c>
       <c r="C1012" t="s">
         <v>4006</v>
       </c>
       <c r="D1012" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E1012" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F1012" t="s">
-        <v>1151</v>
+        <v>371</v>
       </c>
       <c r="G1012" s="1" t="s">
         <v>4007</v>
       </c>
       <c r="H1012" t="s">
         <v>4008</v>
       </c>
     </row>
     <row r="1013" spans="1:8">
       <c r="A1013" t="s">
         <v>4009</v>
       </c>
       <c r="B1013" t="s">
         <v>9</v>
       </c>
       <c r="C1013" t="s">
         <v>4010</v>
       </c>
       <c r="D1013" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E1013" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F1013" t="s">
-        <v>1151</v>
+        <v>94</v>
       </c>
       <c r="G1013" s="1" t="s">
         <v>4011</v>
       </c>
       <c r="H1013" t="s">
         <v>4012</v>
       </c>
     </row>
     <row r="1014" spans="1:8">
       <c r="A1014" t="s">
         <v>4013</v>
       </c>
       <c r="B1014" t="s">
         <v>9</v>
       </c>
       <c r="C1014" t="s">
         <v>4014</v>
       </c>
       <c r="D1014" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E1014" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F1014" t="s">
-        <v>1151</v>
+        <v>94</v>
       </c>
       <c r="G1014" s="1" t="s">
         <v>4015</v>
       </c>
       <c r="H1014" t="s">
         <v>4016</v>
       </c>
     </row>
     <row r="1015" spans="1:8">
       <c r="A1015" t="s">
         <v>4017</v>
       </c>
       <c r="B1015" t="s">
         <v>9</v>
       </c>
       <c r="C1015" t="s">
         <v>4018</v>
       </c>
       <c r="D1015" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E1015" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F1015" t="s">
-        <v>186</v>
+        <v>94</v>
       </c>
       <c r="G1015" s="1" t="s">
         <v>4019</v>
       </c>
       <c r="H1015" t="s">
         <v>4020</v>
       </c>
     </row>
     <row r="1016" spans="1:8">
       <c r="A1016" t="s">
         <v>4021</v>
       </c>
       <c r="B1016" t="s">
         <v>9</v>
       </c>
       <c r="C1016" t="s">
         <v>4022</v>
       </c>
       <c r="D1016" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E1016" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F1016" t="s">
-        <v>186</v>
+        <v>371</v>
       </c>
       <c r="G1016" s="1" t="s">
         <v>4023</v>
       </c>
       <c r="H1016" t="s">
         <v>4024</v>
       </c>
     </row>
     <row r="1017" spans="1:8">
       <c r="A1017" t="s">
         <v>4025</v>
       </c>
       <c r="B1017" t="s">
         <v>9</v>
       </c>
       <c r="C1017" t="s">
         <v>4026</v>
       </c>
       <c r="D1017" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E1017" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F1017" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G1017" s="1" t="s">
         <v>4027</v>
       </c>
       <c r="H1017" t="s">
         <v>4028</v>
       </c>
     </row>
     <row r="1018" spans="1:8">
       <c r="A1018" t="s">
         <v>4029</v>
       </c>
       <c r="B1018" t="s">
         <v>9</v>
       </c>
       <c r="C1018" t="s">
         <v>4030</v>
       </c>
       <c r="D1018" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E1018" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F1018" t="s">
-        <v>94</v>
+        <v>371</v>
       </c>
       <c r="G1018" s="1" t="s">
         <v>4031</v>
       </c>
       <c r="H1018" t="s">
         <v>4032</v>
       </c>
     </row>
     <row r="1019" spans="1:8">
       <c r="A1019" t="s">
         <v>4033</v>
       </c>
       <c r="B1019" t="s">
         <v>9</v>
       </c>
       <c r="C1019" t="s">
         <v>4034</v>
       </c>
       <c r="D1019" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E1019" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F1019" t="s">
-        <v>94</v>
+        <v>1179</v>
       </c>
       <c r="G1019" s="1" t="s">
         <v>4035</v>
       </c>
       <c r="H1019" t="s">
         <v>4036</v>
       </c>
     </row>
     <row r="1020" spans="1:8">
       <c r="A1020" t="s">
         <v>4037</v>
       </c>
       <c r="B1020" t="s">
         <v>9</v>
       </c>
       <c r="C1020" t="s">
         <v>4038</v>
       </c>
       <c r="D1020" t="s">
-        <v>1183</v>
+        <v>1211</v>
       </c>
       <c r="E1020" t="s">
-        <v>1184</v>
+        <v>1212</v>
       </c>
       <c r="F1020" t="s">
-        <v>371</v>
+        <v>1179</v>
       </c>
       <c r="G1020" s="1" t="s">
         <v>4039</v>
       </c>
       <c r="H1020" t="s">
         <v>4040</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:8">
+      <c r="A1021" t="s">
+        <v>4041</v>
+      </c>
+      <c r="B1021" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1021" t="s">
+        <v>4042</v>
+      </c>
+      <c r="D1021" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1021" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1021" t="s">
+        <v>1179</v>
+      </c>
+      <c r="G1021" s="1" t="s">
+        <v>4043</v>
+      </c>
+      <c r="H1021" t="s">
+        <v>4044</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:8">
+      <c r="A1022" t="s">
+        <v>4045</v>
+      </c>
+      <c r="B1022" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1022" t="s">
+        <v>4046</v>
+      </c>
+      <c r="D1022" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1022" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1022" t="s">
+        <v>186</v>
+      </c>
+      <c r="G1022" s="1" t="s">
+        <v>4047</v>
+      </c>
+      <c r="H1022" t="s">
+        <v>4048</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:8">
+      <c r="A1023" t="s">
+        <v>4049</v>
+      </c>
+      <c r="B1023" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1023" t="s">
+        <v>4050</v>
+      </c>
+      <c r="D1023" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1023" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1023" t="s">
+        <v>186</v>
+      </c>
+      <c r="G1023" s="1" t="s">
+        <v>4051</v>
+      </c>
+      <c r="H1023" t="s">
+        <v>4052</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:8">
+      <c r="A1024" t="s">
+        <v>4053</v>
+      </c>
+      <c r="B1024" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1024" t="s">
+        <v>4054</v>
+      </c>
+      <c r="D1024" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1024" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1024" t="s">
+        <v>94</v>
+      </c>
+      <c r="G1024" s="1" t="s">
+        <v>4055</v>
+      </c>
+      <c r="H1024" t="s">
+        <v>4056</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:8">
+      <c r="A1025" t="s">
+        <v>4057</v>
+      </c>
+      <c r="B1025" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1025" t="s">
+        <v>4058</v>
+      </c>
+      <c r="D1025" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1025" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1025" t="s">
+        <v>94</v>
+      </c>
+      <c r="G1025" s="1" t="s">
+        <v>4059</v>
+      </c>
+      <c r="H1025" t="s">
+        <v>4060</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:8">
+      <c r="A1026" t="s">
+        <v>4061</v>
+      </c>
+      <c r="B1026" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1026" t="s">
+        <v>4062</v>
+      </c>
+      <c r="D1026" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1026" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1026" t="s">
+        <v>94</v>
+      </c>
+      <c r="G1026" s="1" t="s">
+        <v>4063</v>
+      </c>
+      <c r="H1026" t="s">
+        <v>4064</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:8">
+      <c r="A1027" t="s">
+        <v>4065</v>
+      </c>
+      <c r="B1027" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1027" t="s">
+        <v>4066</v>
+      </c>
+      <c r="D1027" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1027" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1027" t="s">
+        <v>371</v>
+      </c>
+      <c r="G1027" s="1" t="s">
+        <v>4067</v>
+      </c>
+      <c r="H1027" t="s">
+        <v>4068</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:8">
+      <c r="A1028" t="s">
+        <v>4069</v>
+      </c>
+      <c r="B1028" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1028" t="s">
+        <v>4070</v>
+      </c>
+      <c r="D1028" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1028" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1028" t="s">
+        <v>371</v>
+      </c>
+      <c r="G1028" s="1" t="s">
+        <v>4071</v>
+      </c>
+      <c r="H1028" t="s">
+        <v>4072</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:8">
+      <c r="A1029" t="s">
+        <v>4073</v>
+      </c>
+      <c r="B1029" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1029" t="s">
+        <v>4074</v>
+      </c>
+      <c r="D1029" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1029" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1029" t="s">
+        <v>1179</v>
+      </c>
+      <c r="G1029" s="1" t="s">
+        <v>4075</v>
+      </c>
+      <c r="H1029" t="s">
+        <v>4076</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:8">
+      <c r="A1030" t="s">
+        <v>4077</v>
+      </c>
+      <c r="B1030" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1030" t="s">
+        <v>4078</v>
+      </c>
+      <c r="D1030" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1030" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1030" t="s">
+        <v>1179</v>
+      </c>
+      <c r="G1030" s="1" t="s">
+        <v>4079</v>
+      </c>
+      <c r="H1030" t="s">
+        <v>4080</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:8">
+      <c r="A1031" t="s">
+        <v>4081</v>
+      </c>
+      <c r="B1031" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1031" t="s">
+        <v>4082</v>
+      </c>
+      <c r="D1031" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1031" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1031" t="s">
+        <v>1179</v>
+      </c>
+      <c r="G1031" s="1" t="s">
+        <v>4083</v>
+      </c>
+      <c r="H1031" t="s">
+        <v>4084</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:8">
+      <c r="A1032" t="s">
+        <v>4085</v>
+      </c>
+      <c r="B1032" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1032" t="s">
+        <v>4086</v>
+      </c>
+      <c r="D1032" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1032" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1032" t="s">
+        <v>123</v>
+      </c>
+      <c r="G1032" s="1" t="s">
+        <v>4087</v>
+      </c>
+      <c r="H1032" t="s">
+        <v>4088</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:8">
+      <c r="A1033" t="s">
+        <v>4089</v>
+      </c>
+      <c r="B1033" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1033" t="s">
+        <v>4090</v>
+      </c>
+      <c r="D1033" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1033" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1033" t="s">
+        <v>123</v>
+      </c>
+      <c r="G1033" s="1" t="s">
+        <v>4091</v>
+      </c>
+      <c r="H1033" t="s">
+        <v>4092</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:8">
+      <c r="A1034" t="s">
+        <v>4093</v>
+      </c>
+      <c r="B1034" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1034" t="s">
+        <v>4094</v>
+      </c>
+      <c r="D1034" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1034" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1034" t="s">
+        <v>664</v>
+      </c>
+      <c r="G1034" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H1034" t="s">
+        <v>4095</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:8">
+      <c r="A1035" t="s">
+        <v>4096</v>
+      </c>
+      <c r="B1035" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1035" t="s">
+        <v>4097</v>
+      </c>
+      <c r="D1035" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1035" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1035" t="s">
+        <v>664</v>
+      </c>
+      <c r="G1035" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H1035" t="s">
+        <v>4098</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:8">
+      <c r="A1036" t="s">
+        <v>4099</v>
+      </c>
+      <c r="B1036" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1036" t="s">
+        <v>4100</v>
+      </c>
+      <c r="D1036" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1036" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1036" t="s">
+        <v>664</v>
+      </c>
+      <c r="G1036" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H1036" t="s">
+        <v>4101</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:8">
+      <c r="A1037" t="s">
+        <v>4102</v>
+      </c>
+      <c r="B1037" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1037" t="s">
+        <v>4103</v>
+      </c>
+      <c r="D1037" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1037" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1037" t="s">
+        <v>371</v>
+      </c>
+      <c r="G1037" s="1" t="s">
+        <v>4104</v>
+      </c>
+      <c r="H1037" t="s">
+        <v>4105</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:8">
+      <c r="A1038" t="s">
+        <v>4106</v>
+      </c>
+      <c r="B1038" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1038" t="s">
+        <v>4107</v>
+      </c>
+      <c r="D1038" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1038" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1038" t="s">
+        <v>371</v>
+      </c>
+      <c r="G1038" s="1" t="s">
+        <v>4108</v>
+      </c>
+      <c r="H1038" t="s">
+        <v>4109</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:8">
+      <c r="A1039" t="s">
+        <v>4110</v>
+      </c>
+      <c r="B1039" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1039" t="s">
+        <v>4111</v>
+      </c>
+      <c r="D1039" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1039" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1039" t="s">
+        <v>371</v>
+      </c>
+      <c r="G1039" s="1" t="s">
+        <v>4112</v>
+      </c>
+      <c r="H1039" t="s">
+        <v>4113</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:8">
+      <c r="A1040" t="s">
+        <v>4114</v>
+      </c>
+      <c r="B1040" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1040" t="s">
+        <v>4115</v>
+      </c>
+      <c r="D1040" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1040" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1040" t="s">
+        <v>1179</v>
+      </c>
+      <c r="G1040" s="1" t="s">
+        <v>4116</v>
+      </c>
+      <c r="H1040" t="s">
+        <v>4117</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:8">
+      <c r="A1041" t="s">
+        <v>4118</v>
+      </c>
+      <c r="B1041" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1041" t="s">
+        <v>4119</v>
+      </c>
+      <c r="D1041" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1041" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1041" t="s">
+        <v>1179</v>
+      </c>
+      <c r="G1041" s="1" t="s">
+        <v>4120</v>
+      </c>
+      <c r="H1041" t="s">
+        <v>4121</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:8">
+      <c r="A1042" t="s">
+        <v>4122</v>
+      </c>
+      <c r="B1042" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1042" t="s">
+        <v>4123</v>
+      </c>
+      <c r="D1042" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E1042" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F1042" t="s">
+        <v>1179</v>
+      </c>
+      <c r="G1042" s="1" t="s">
+        <v>4124</v>
+      </c>
+      <c r="H1042" t="s">
+        <v>4125</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -40243,50 +41096,72 @@
     <hyperlink ref="G996" r:id="rId995"/>
     <hyperlink ref="G997" r:id="rId996"/>
     <hyperlink ref="G998" r:id="rId997"/>
     <hyperlink ref="G999" r:id="rId998"/>
     <hyperlink ref="G1000" r:id="rId999"/>
     <hyperlink ref="G1001" r:id="rId1000"/>
     <hyperlink ref="G1002" r:id="rId1001"/>
     <hyperlink ref="G1003" r:id="rId1002"/>
     <hyperlink ref="G1004" r:id="rId1003"/>
     <hyperlink ref="G1005" r:id="rId1004"/>
     <hyperlink ref="G1006" r:id="rId1005"/>
     <hyperlink ref="G1007" r:id="rId1006"/>
     <hyperlink ref="G1008" r:id="rId1007"/>
     <hyperlink ref="G1009" r:id="rId1008"/>
     <hyperlink ref="G1010" r:id="rId1009"/>
     <hyperlink ref="G1011" r:id="rId1010"/>
     <hyperlink ref="G1012" r:id="rId1011"/>
     <hyperlink ref="G1013" r:id="rId1012"/>
     <hyperlink ref="G1014" r:id="rId1013"/>
     <hyperlink ref="G1015" r:id="rId1014"/>
     <hyperlink ref="G1016" r:id="rId1015"/>
     <hyperlink ref="G1017" r:id="rId1016"/>
     <hyperlink ref="G1018" r:id="rId1017"/>
     <hyperlink ref="G1019" r:id="rId1018"/>
     <hyperlink ref="G1020" r:id="rId1019"/>
+    <hyperlink ref="G1021" r:id="rId1020"/>
+    <hyperlink ref="G1022" r:id="rId1021"/>
+    <hyperlink ref="G1023" r:id="rId1022"/>
+    <hyperlink ref="G1024" r:id="rId1023"/>
+    <hyperlink ref="G1025" r:id="rId1024"/>
+    <hyperlink ref="G1026" r:id="rId1025"/>
+    <hyperlink ref="G1027" r:id="rId1026"/>
+    <hyperlink ref="G1028" r:id="rId1027"/>
+    <hyperlink ref="G1029" r:id="rId1028"/>
+    <hyperlink ref="G1030" r:id="rId1029"/>
+    <hyperlink ref="G1031" r:id="rId1030"/>
+    <hyperlink ref="G1032" r:id="rId1031"/>
+    <hyperlink ref="G1033" r:id="rId1032"/>
+    <hyperlink ref="G1034" r:id="rId1033"/>
+    <hyperlink ref="G1035" r:id="rId1034"/>
+    <hyperlink ref="G1036" r:id="rId1035"/>
+    <hyperlink ref="G1037" r:id="rId1036"/>
+    <hyperlink ref="G1038" r:id="rId1037"/>
+    <hyperlink ref="G1039" r:id="rId1038"/>
+    <hyperlink ref="G1040" r:id="rId1039"/>
+    <hyperlink ref="G1041" r:id="rId1040"/>
+    <hyperlink ref="G1042" r:id="rId1041"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>